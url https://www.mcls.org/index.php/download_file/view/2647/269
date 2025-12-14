--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -1,87 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mcls.sharepoint.com/mel/MeL Databases/Support Services/EBSCO/Auto Repair Source (Formerly AutoMate)/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="73" documentId="11_90B22BE79C8FF95B2E6D7515CDC8E80369FE2EB0" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4A4549E0-C03A-40ED-8E51-E026BAD763C0}"/>
+  <xr:revisionPtr revIDLastSave="79" documentId="11_90B22BE79C8FF95B2E6D7515CDC8E80369FE2EB0" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C9EBF664-7586-40AD-9564-051DA6D935C9}"/>
   <bookViews>
-    <workbookView xWindow="6780" yWindow="2145" windowWidth="16845" windowHeight="11295" firstSheet="1" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="January 2025" sheetId="2" r:id="rId1"/>
     <sheet name="February 2025" sheetId="3" r:id="rId2"/>
     <sheet name="March 2025" sheetId="4" r:id="rId3"/>
     <sheet name="April 2025" sheetId="5" r:id="rId4"/>
     <sheet name="May 2025" sheetId="6" r:id="rId5"/>
     <sheet name="June 2025" sheetId="7" r:id="rId6"/>
     <sheet name="July 2025" sheetId="8" r:id="rId7"/>
     <sheet name="August 2025" sheetId="9" r:id="rId8"/>
     <sheet name="September 2025" sheetId="10" r:id="rId9"/>
+    <sheet name="October 2025" sheetId="11" r:id="rId10"/>
+    <sheet name="November 2025" sheetId="12" r:id="rId11"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1097" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1345" uniqueCount="325">
   <si>
     <t>ebsco_custname</t>
   </si>
   <si>
     <t>count of sessionid</t>
   </si>
   <si>
     <t>user id</t>
   </si>
   <si>
     <t>GRAND RAPIDS COMMUNITY COLLEGE</t>
   </si>
   <si>
     <t>grcc</t>
   </si>
   <si>
     <t>BLOOMFIELD TOWNSHIP PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>s1243412</t>
   </si>
   <si>
     <t>CLINTON-MACOMB PUBLIC LIBRARY</t>
   </si>
   <si>
@@ -970,50 +974,92 @@
     <t>s9123317</t>
   </si>
   <si>
     <t>PORTAGE PUBLIC SCHOOL DISTRICT</t>
   </si>
   <si>
     <t>s9651562</t>
   </si>
   <si>
     <t>RAY TOWNSHIP PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>ns081427</t>
   </si>
   <si>
     <t>GLORIA COLES FLINT PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>s8879701</t>
   </si>
   <si>
     <t>SURREY TOWNSHIP PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>s9114800</t>
+  </si>
+  <si>
+    <t>UNIVERSITY OF DETROIT MERCY</t>
+  </si>
+  <si>
+    <t>s1224699</t>
+  </si>
+  <si>
+    <t>NILES DISTRICT LIBRARY</t>
+  </si>
+  <si>
+    <t>s8449842</t>
+  </si>
+  <si>
+    <t>FRUITPORT BRANCH LIBRARY</t>
+  </si>
+  <si>
+    <t>s9120194</t>
+  </si>
+  <si>
+    <t>WEST BLOOMFIELD TOWNSHIP PUBLIC LIBRARY</t>
+  </si>
+  <si>
+    <t>s9120667</t>
+  </si>
+  <si>
+    <t>MICHIGAN STATE UNIVERSITY</t>
+  </si>
+  <si>
+    <t>s8364774</t>
+  </si>
+  <si>
+    <t>PETER WHITE PUBLIC LIBRARY</t>
+  </si>
+  <si>
+    <t>s8429778</t>
+  </si>
+  <si>
+    <t>REED CITY PUBLIC LIBRARY</t>
+  </si>
+  <si>
+    <t>s9121437</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1032,51 +1078,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1778,50 +1824,1800 @@
         <v>77</v>
       </c>
       <c r="B39">
         <v>6</v>
       </c>
       <c r="C39" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
       <c r="C40" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83DD694E-D526-4D9C-B230-AEACA86D4A91}">
+  <dimension ref="A1:D59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I10" sqref="I10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="42.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.140625" customWidth="1"/>
+    <col min="3" max="3" width="11.85546875" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2">
+        <v>4</v>
+      </c>
+      <c r="D2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C3">
+        <v>1</v>
+      </c>
+      <c r="D3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C4">
+        <v>2</v>
+      </c>
+      <c r="D4">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>158</v>
+      </c>
+      <c r="B5" t="s">
+        <v>159</v>
+      </c>
+      <c r="C5">
+        <v>5</v>
+      </c>
+      <c r="D5">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>160</v>
+      </c>
+      <c r="B6" t="s">
+        <v>161</v>
+      </c>
+      <c r="C6">
+        <v>6</v>
+      </c>
+      <c r="D6">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>311</v>
+      </c>
+      <c r="B7" t="s">
+        <v>312</v>
+      </c>
+      <c r="C7">
+        <v>1</v>
+      </c>
+      <c r="D7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8">
+        <v>5</v>
+      </c>
+      <c r="D8">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9">
+        <v>42</v>
+      </c>
+      <c r="D9">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10">
+        <v>3</v>
+      </c>
+      <c r="D10">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11">
+        <v>16</v>
+      </c>
+      <c r="D11">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12">
+        <v>2575</v>
+      </c>
+      <c r="D12">
+        <v>14228</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13">
+        <v>1</v>
+      </c>
+      <c r="D13">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14">
+        <v>69</v>
+      </c>
+      <c r="D14">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>313</v>
+      </c>
+      <c r="B15" t="s">
+        <v>314</v>
+      </c>
+      <c r="C15">
+        <v>3</v>
+      </c>
+      <c r="D15">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16">
+        <v>2</v>
+      </c>
+      <c r="D16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17">
+        <v>1</v>
+      </c>
+      <c r="D17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>216</v>
+      </c>
+      <c r="B18" t="s">
+        <v>217</v>
+      </c>
+      <c r="C18">
+        <v>2</v>
+      </c>
+      <c r="D18">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C19">
+        <v>4</v>
+      </c>
+      <c r="D19">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20">
+        <v>3</v>
+      </c>
+      <c r="D20">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21">
+        <v>51</v>
+      </c>
+      <c r="D21">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>106</v>
+      </c>
+      <c r="B22" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22">
+        <v>13</v>
+      </c>
+      <c r="D22">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23">
+        <v>1</v>
+      </c>
+      <c r="D23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24">
+        <v>11</v>
+      </c>
+      <c r="D24">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25">
+        <v>1</v>
+      </c>
+      <c r="D25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26">
+        <v>1</v>
+      </c>
+      <c r="D26">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27">
+        <v>1</v>
+      </c>
+      <c r="D27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28">
+        <v>1</v>
+      </c>
+      <c r="D28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>31</v>
+      </c>
+      <c r="B29" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29">
+        <v>8</v>
+      </c>
+      <c r="D29">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" t="s">
+        <v>34</v>
+      </c>
+      <c r="C30">
+        <v>9</v>
+      </c>
+      <c r="D30">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" t="s">
+        <v>181</v>
+      </c>
+      <c r="C31">
+        <v>2</v>
+      </c>
+      <c r="D31">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>37</v>
+      </c>
+      <c r="B32" t="s">
+        <v>38</v>
+      </c>
+      <c r="C32">
+        <v>49</v>
+      </c>
+      <c r="D32">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>116</v>
+      </c>
+      <c r="B33" t="s">
+        <v>117</v>
+      </c>
+      <c r="C33">
+        <v>2</v>
+      </c>
+      <c r="D33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" t="s">
+        <v>123</v>
+      </c>
+      <c r="C34">
+        <v>5</v>
+      </c>
+      <c r="D34">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" t="s">
+        <v>40</v>
+      </c>
+      <c r="C35">
+        <v>9</v>
+      </c>
+      <c r="D35">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36">
+        <v>68</v>
+      </c>
+      <c r="D36">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" t="s">
+        <v>44</v>
+      </c>
+      <c r="C37">
+        <v>6</v>
+      </c>
+      <c r="D37">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>45</v>
+      </c>
+      <c r="B38" t="s">
+        <v>46</v>
+      </c>
+      <c r="C38">
+        <v>2</v>
+      </c>
+      <c r="D38">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>49</v>
+      </c>
+      <c r="B39" t="s">
+        <v>50</v>
+      </c>
+      <c r="C39">
+        <v>64</v>
+      </c>
+      <c r="D39">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>51</v>
+      </c>
+      <c r="B40" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40">
+        <v>1</v>
+      </c>
+      <c r="D40">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>198</v>
+      </c>
+      <c r="B41" t="s">
+        <v>199</v>
+      </c>
+      <c r="C41">
+        <v>1</v>
+      </c>
+      <c r="D41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>53</v>
+      </c>
+      <c r="B42" t="s">
+        <v>54</v>
+      </c>
+      <c r="C42">
+        <v>1</v>
+      </c>
+      <c r="D42">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>136</v>
+      </c>
+      <c r="B43" t="s">
+        <v>137</v>
+      </c>
+      <c r="C43">
+        <v>1</v>
+      </c>
+      <c r="D43">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>57</v>
+      </c>
+      <c r="B44" t="s">
+        <v>58</v>
+      </c>
+      <c r="C44">
+        <v>1</v>
+      </c>
+      <c r="D44">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>59</v>
+      </c>
+      <c r="B45" t="s">
+        <v>60</v>
+      </c>
+      <c r="C45">
+        <v>8</v>
+      </c>
+      <c r="D45">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>315</v>
+      </c>
+      <c r="B46" t="s">
+        <v>316</v>
+      </c>
+      <c r="C46">
+        <v>1</v>
+      </c>
+      <c r="D46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>61</v>
+      </c>
+      <c r="B47" t="s">
+        <v>62</v>
+      </c>
+      <c r="C47">
+        <v>6</v>
+      </c>
+      <c r="D47">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>317</v>
+      </c>
+      <c r="B48" t="s">
+        <v>318</v>
+      </c>
+      <c r="C48">
+        <v>1</v>
+      </c>
+      <c r="D48">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>65</v>
+      </c>
+      <c r="B49" t="s">
+        <v>66</v>
+      </c>
+      <c r="C49">
+        <v>4</v>
+      </c>
+      <c r="D49">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" t="s">
+        <v>207</v>
+      </c>
+      <c r="C50">
+        <v>3</v>
+      </c>
+      <c r="D50">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>67</v>
+      </c>
+      <c r="B51" t="s">
+        <v>68</v>
+      </c>
+      <c r="C51">
+        <v>11</v>
+      </c>
+      <c r="D51">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>69</v>
+      </c>
+      <c r="B52" t="s">
+        <v>70</v>
+      </c>
+      <c r="C52">
+        <v>2</v>
+      </c>
+      <c r="D52">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>152</v>
+      </c>
+      <c r="B53" t="s">
+        <v>153</v>
+      </c>
+      <c r="C53">
+        <v>1</v>
+      </c>
+      <c r="D53">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>71</v>
+      </c>
+      <c r="B54" t="s">
+        <v>72</v>
+      </c>
+      <c r="C54">
+        <v>2</v>
+      </c>
+      <c r="D54">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>73</v>
+      </c>
+      <c r="B55" t="s">
+        <v>74</v>
+      </c>
+      <c r="C55">
+        <v>2</v>
+      </c>
+      <c r="D55">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>77</v>
+      </c>
+      <c r="B56" t="s">
+        <v>78</v>
+      </c>
+      <c r="C56">
+        <v>6</v>
+      </c>
+      <c r="D56">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>237</v>
+      </c>
+      <c r="C57">
+        <v>1</v>
+      </c>
+      <c r="D57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>154</v>
+      </c>
+      <c r="B58" t="s">
+        <v>155</v>
+      </c>
+      <c r="C58">
+        <v>1</v>
+      </c>
+      <c r="D58">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>79</v>
+      </c>
+      <c r="B59" t="s">
+        <v>80</v>
+      </c>
+      <c r="C59">
+        <v>2</v>
+      </c>
+      <c r="D59">
+        <v>4</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D95880F9-2DCF-49FB-9FEE-5D4A3A3B7B63}">
+  <dimension ref="A1:D63"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F7" sqref="F7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="39.5703125" customWidth="1"/>
+    <col min="2" max="2" width="14.42578125" customWidth="1"/>
+    <col min="3" max="3" width="12" customWidth="1"/>
+    <col min="4" max="4" width="11.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2">
+        <v>13</v>
+      </c>
+      <c r="D2">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4">
+        <v>2</v>
+      </c>
+      <c r="D4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B5" t="s">
+        <v>161</v>
+      </c>
+      <c r="C5">
+        <v>17</v>
+      </c>
+      <c r="D5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6">
+        <v>8</v>
+      </c>
+      <c r="D6">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7">
+        <v>42</v>
+      </c>
+      <c r="D7">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8">
+        <v>1</v>
+      </c>
+      <c r="D8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9">
+        <v>1</v>
+      </c>
+      <c r="D9">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10">
+        <v>1</v>
+      </c>
+      <c r="D10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11">
+        <v>5</v>
+      </c>
+      <c r="D11">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>319</v>
+      </c>
+      <c r="B12" t="s">
+        <v>320</v>
+      </c>
+      <c r="C12">
+        <v>6</v>
+      </c>
+      <c r="D12">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13">
+        <v>6</v>
+      </c>
+      <c r="D13">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14">
+        <v>2266</v>
+      </c>
+      <c r="D14">
+        <v>13514</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B15" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15">
+        <v>1</v>
+      </c>
+      <c r="D15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" t="s">
+        <v>95</v>
+      </c>
+      <c r="C16">
+        <v>1</v>
+      </c>
+      <c r="D16">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>321</v>
+      </c>
+      <c r="B17" t="s">
+        <v>322</v>
+      </c>
+      <c r="C17">
+        <v>2</v>
+      </c>
+      <c r="D17">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18">
+        <v>1</v>
+      </c>
+      <c r="D18">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19">
+        <v>75</v>
+      </c>
+      <c r="D19">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20">
+        <v>2</v>
+      </c>
+      <c r="D20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>104</v>
+      </c>
+      <c r="B21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21">
+        <v>1</v>
+      </c>
+      <c r="D21">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22">
+        <v>66</v>
+      </c>
+      <c r="D22">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>293</v>
+      </c>
+      <c r="B23" t="s">
+        <v>294</v>
+      </c>
+      <c r="C23">
+        <v>2</v>
+      </c>
+      <c r="D23">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24">
+        <v>12</v>
+      </c>
+      <c r="D24">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>220</v>
+      </c>
+      <c r="B25" t="s">
+        <v>221</v>
+      </c>
+      <c r="C25">
+        <v>1</v>
+      </c>
+      <c r="D25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>281</v>
+      </c>
+      <c r="B26" t="s">
+        <v>282</v>
+      </c>
+      <c r="C26">
+        <v>5</v>
+      </c>
+      <c r="D26">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27">
+        <v>16</v>
+      </c>
+      <c r="D27">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>110</v>
+      </c>
+      <c r="B28" t="s">
+        <v>111</v>
+      </c>
+      <c r="C28">
+        <v>2</v>
+      </c>
+      <c r="D28">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29">
+        <v>1</v>
+      </c>
+      <c r="D29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>307</v>
+      </c>
+      <c r="B30" t="s">
+        <v>308</v>
+      </c>
+      <c r="C30">
+        <v>1</v>
+      </c>
+      <c r="D30">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" t="s">
+        <v>32</v>
+      </c>
+      <c r="C31">
+        <v>16</v>
+      </c>
+      <c r="D31">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" t="s">
+        <v>34</v>
+      </c>
+      <c r="C32">
+        <v>9</v>
+      </c>
+      <c r="D32">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>35</v>
+      </c>
+      <c r="B33" t="s">
+        <v>36</v>
+      </c>
+      <c r="C33">
+        <v>3</v>
+      </c>
+      <c r="D33">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>180</v>
+      </c>
+      <c r="B34" t="s">
+        <v>181</v>
+      </c>
+      <c r="C34">
+        <v>3</v>
+      </c>
+      <c r="D34">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>182</v>
+      </c>
+      <c r="B35" t="s">
+        <v>183</v>
+      </c>
+      <c r="C35">
+        <v>1</v>
+      </c>
+      <c r="D35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>222</v>
+      </c>
+      <c r="B36" t="s">
+        <v>223</v>
+      </c>
+      <c r="C36">
+        <v>2</v>
+      </c>
+      <c r="D36">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>37</v>
+      </c>
+      <c r="B37" t="s">
+        <v>38</v>
+      </c>
+      <c r="C37">
+        <v>44</v>
+      </c>
+      <c r="D37">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>116</v>
+      </c>
+      <c r="B38" t="s">
+        <v>117</v>
+      </c>
+      <c r="C38">
+        <v>2</v>
+      </c>
+      <c r="D38">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>122</v>
+      </c>
+      <c r="B39" t="s">
+        <v>123</v>
+      </c>
+      <c r="C39">
+        <v>1</v>
+      </c>
+      <c r="D39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>124</v>
+      </c>
+      <c r="B40" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40">
+        <v>2</v>
+      </c>
+      <c r="D40">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" t="s">
+        <v>40</v>
+      </c>
+      <c r="C41">
+        <v>5</v>
+      </c>
+      <c r="D41">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" t="s">
+        <v>42</v>
+      </c>
+      <c r="C42">
+        <v>63</v>
+      </c>
+      <c r="D42">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C43">
+        <v>8</v>
+      </c>
+      <c r="D43">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>250</v>
+      </c>
+      <c r="B44" t="s">
+        <v>133</v>
+      </c>
+      <c r="C44">
+        <v>3</v>
+      </c>
+      <c r="D44">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>49</v>
+      </c>
+      <c r="B45" t="s">
+        <v>50</v>
+      </c>
+      <c r="C45">
+        <v>85</v>
+      </c>
+      <c r="D45">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B46" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46">
+        <v>1</v>
+      </c>
+      <c r="D46">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>198</v>
+      </c>
+      <c r="B47" t="s">
+        <v>199</v>
+      </c>
+      <c r="C47">
+        <v>2</v>
+      </c>
+      <c r="D47">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>59</v>
+      </c>
+      <c r="B48" t="s">
+        <v>60</v>
+      </c>
+      <c r="C48">
+        <v>12</v>
+      </c>
+      <c r="D48">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>200</v>
+      </c>
+      <c r="B49" t="s">
+        <v>201</v>
+      </c>
+      <c r="C49">
+        <v>1</v>
+      </c>
+      <c r="D49">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>61</v>
+      </c>
+      <c r="B50" t="s">
+        <v>62</v>
+      </c>
+      <c r="C50">
+        <v>4</v>
+      </c>
+      <c r="D50">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>65</v>
+      </c>
+      <c r="B51" t="s">
+        <v>66</v>
+      </c>
+      <c r="C51">
+        <v>7</v>
+      </c>
+      <c r="D51">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>142</v>
+      </c>
+      <c r="B52" t="s">
+        <v>143</v>
+      </c>
+      <c r="C52">
+        <v>1</v>
+      </c>
+      <c r="D52">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>206</v>
+      </c>
+      <c r="B53" t="s">
+        <v>207</v>
+      </c>
+      <c r="C53">
+        <v>1</v>
+      </c>
+      <c r="D53">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>323</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54">
+        <v>1</v>
+      </c>
+      <c r="D54">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>210</v>
+      </c>
+      <c r="B55" t="s">
+        <v>211</v>
+      </c>
+      <c r="C55">
+        <v>5</v>
+      </c>
+      <c r="D55">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" t="s">
+        <v>229</v>
+      </c>
+      <c r="C56">
+        <v>5</v>
+      </c>
+      <c r="D56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>275</v>
+      </c>
+      <c r="B57" t="s">
+        <v>276</v>
+      </c>
+      <c r="C57">
+        <v>1</v>
+      </c>
+      <c r="D57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>67</v>
+      </c>
+      <c r="B58" t="s">
+        <v>68</v>
+      </c>
+      <c r="C58">
+        <v>3</v>
+      </c>
+      <c r="D58">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>69</v>
+      </c>
+      <c r="B59" t="s">
+        <v>70</v>
+      </c>
+      <c r="C59">
+        <v>3</v>
+      </c>
+      <c r="D59">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>73</v>
+      </c>
+      <c r="B60" t="s">
+        <v>74</v>
+      </c>
+      <c r="C60">
+        <v>9</v>
+      </c>
+      <c r="D60">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" t="s">
+        <v>231</v>
+      </c>
+      <c r="C61">
+        <v>2</v>
+      </c>
+      <c r="D61">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>214</v>
+      </c>
+      <c r="B62" t="s">
+        <v>215</v>
+      </c>
+      <c r="C62">
+        <v>2</v>
+      </c>
+      <c r="D62">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>77</v>
+      </c>
+      <c r="B63" t="s">
+        <v>78</v>
+      </c>
+      <c r="C63">
+        <v>4</v>
+      </c>
+      <c r="D63">
+        <v>5</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37EB6CFB-A125-4957-AC24-2B9D522024A9}">
   <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42.28515625" customWidth="1"/>
     <col min="2" max="2" width="16.140625" customWidth="1"/>
     <col min="3" max="3" width="15.140625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
@@ -8074,51 +9870,51 @@
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>77</v>
       </c>
       <c r="B64" t="s">
         <v>78</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DABE6252-F74B-4B99-A36E-982657EEA11F}">
   <dimension ref="A1:D61"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.140625" customWidth="1"/>
     <col min="2" max="2" width="13.42578125" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" customWidth="1"/>
     <col min="4" max="4" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
@@ -8962,127 +10758,111 @@
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4d227ac-1155-4d22-aba1-6e3b70c4e89d" xmlns:ns3="f2c769c9-d39a-45bb-a709-c4ac7815f9a0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60316bd622861b5f00ad50be46d04cf7" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100208332E8E39B3741A35C6360E1C95B51" ma:contentTypeVersion="148" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1d0d6eea84f87dfa6c27176d3b469281">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4d227ac-1155-4d22-aba1-6e3b70c4e89d" xmlns:ns3="f2c769c9-d39a-45bb-a709-c4ac7815f9a0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ad4d9b57f4c363a7123f03179f70dd91" ns2:_="" ns3:_="">
     <xsd:import namespace="a4d227ac-1155-4d22-aba1-6e3b70c4e89d"/>
     <xsd:import namespace="f2c769c9-d39a-45bb-a709-c4ac7815f9a0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -9316,128 +11096,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a4d227ac-1155-4d22-aba1-6e3b70c4e89d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f2c769c9-d39a-45bb-a709-c4ac7815f9a0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_dlc_DocId xmlns="a4d227ac-1155-4d22-aba1-6e3b70c4e89d">3UD53MHSKZFH-275345184-4048</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="a4d227ac-1155-4d22-aba1-6e3b70c4e89d">
+      <Url>https://mcls.sharepoint.com/mel/_layouts/15/DocIdRedir.aspx?ID=3UD53MHSKZFH-275345184-4048</Url>
+      <Description>3UD53MHSKZFH-275345184-4048</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA97BBB-2B13-4B9F-BBD6-C4F507B403EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269C98B7-7D8F-49F0-A985-B3CB01B617E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{582923B0-60CD-40C7-B2EF-A3B7DA11B848}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91E49BF5-7FB7-4AA0-9B1B-F4BDDE5F28C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1E72F71-EA5B-45AE-AFDA-564569253A63}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a4d227ac-1155-4d22-aba1-6e3b70c4e89d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="f2c769c9-d39a-45bb-a709-c4ac7815f9a0"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>January 2025</vt:lpstr>
       <vt:lpstr>February 2025</vt:lpstr>
       <vt:lpstr>March 2025</vt:lpstr>
       <vt:lpstr>April 2025</vt:lpstr>
       <vt:lpstr>May 2025</vt:lpstr>
       <vt:lpstr>June 2025</vt:lpstr>
       <vt:lpstr>July 2025</vt:lpstr>
       <vt:lpstr>August 2025</vt:lpstr>
       <vt:lpstr>September 2025</vt:lpstr>
+      <vt:lpstr>October 2025</vt:lpstr>
+      <vt:lpstr>November 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100208332E8E39B3741A35C6360E1C95B51</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>f8295d2a-d0b7-4aeb-a7c2-dd12f3f161fe</vt:lpwstr>
   </property>