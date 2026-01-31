--- v1 (2025-12-14)
+++ v2 (2026-01-31)
@@ -1,91 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11214"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mcls.sharepoint.com/mel/MeL Databases/Support Services/EBSCO/Auto Repair Source (Formerly AutoMate)/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/megandudek/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="79" documentId="11_90B22BE79C8FF95B2E6D7515CDC8E80369FE2EB0" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C9EBF664-7586-40AD-9564-051DA6D935C9}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DC310FF2-181F-3744-9B1A-A44AD6AFFB58}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="500" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="January 2025" sheetId="2" r:id="rId1"/>
     <sheet name="February 2025" sheetId="3" r:id="rId2"/>
     <sheet name="March 2025" sheetId="4" r:id="rId3"/>
     <sheet name="April 2025" sheetId="5" r:id="rId4"/>
     <sheet name="May 2025" sheetId="6" r:id="rId5"/>
     <sheet name="June 2025" sheetId="7" r:id="rId6"/>
     <sheet name="July 2025" sheetId="8" r:id="rId7"/>
     <sheet name="August 2025" sheetId="9" r:id="rId8"/>
     <sheet name="September 2025" sheetId="10" r:id="rId9"/>
     <sheet name="October 2025" sheetId="11" r:id="rId10"/>
     <sheet name="November 2025" sheetId="12" r:id="rId11"/>
+    <sheet name="December 2025" sheetId="13" r:id="rId12"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029" concurrentCalc="0"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1345" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1455" uniqueCount="337">
   <si>
     <t>ebsco_custname</t>
   </si>
   <si>
     <t>count of sessionid</t>
   </si>
   <si>
     <t>user id</t>
   </si>
   <si>
     <t>GRAND RAPIDS COMMUNITY COLLEGE</t>
   </si>
   <si>
     <t>grcc</t>
   </si>
   <si>
     <t>BLOOMFIELD TOWNSHIP PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>s1243412</t>
   </si>
   <si>
     <t>CLINTON-MACOMB PUBLIC LIBRARY</t>
   </si>
   <si>
@@ -1016,50 +1031,86 @@
     <t>s9120194</t>
   </si>
   <si>
     <t>WEST BLOOMFIELD TOWNSHIP PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>s9120667</t>
   </si>
   <si>
     <t>MICHIGAN STATE UNIVERSITY</t>
   </si>
   <si>
     <t>s8364774</t>
   </si>
   <si>
     <t>PETER WHITE PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>s8429778</t>
   </si>
   <si>
     <t>REED CITY PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>s9121437</t>
+  </si>
+  <si>
+    <t>CONSTANTINE TOWNSHIP LIBRARY</t>
+  </si>
+  <si>
+    <t>s9122426</t>
+  </si>
+  <si>
+    <t>DAVENPORT UNIVERSITY</t>
+  </si>
+  <si>
+    <t>s8995078</t>
+  </si>
+  <si>
+    <t>DEWITT DISTRICT LIBRARY</t>
+  </si>
+  <si>
+    <t>s9114864</t>
+  </si>
+  <si>
+    <t>JONESVILLE DISTRICT LIBRARY</t>
+  </si>
+  <si>
+    <t>s9115777</t>
+  </si>
+  <si>
+    <t>PERE MARQUETTE DISTRICT LIBRARY</t>
+  </si>
+  <si>
+    <t>ns081422</t>
+  </si>
+  <si>
+    <t>SOUTH LYON COMMUNITY SCHOOL DISTRICT</t>
+  </si>
+  <si>
+    <t>s8656408</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1078,51 +1129,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1372,9495 +1423,10283 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37" customWidth="1"/>
-    <col min="2" max="2" width="20.28515625" customWidth="1"/>
-    <col min="3" max="3" width="11.5703125" customWidth="1"/>
+    <col min="2" max="2" width="20.33203125" customWidth="1"/>
+    <col min="3" max="3" width="11.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
         <v>3</v>
       </c>
       <c r="C8" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9">
         <v>783</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11">
         <v>2</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12">
         <v>1</v>
       </c>
       <c r="C12" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13">
         <v>1</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14">
         <v>1</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15">
         <v>1</v>
       </c>
       <c r="C15" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16">
         <v>3</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>33</v>
       </c>
       <c r="B17">
         <v>1</v>
       </c>
       <c r="C17" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18">
         <v>2</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20">
         <v>2</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21">
         <v>23</v>
       </c>
       <c r="C21" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22">
         <v>6</v>
       </c>
       <c r="C22" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23">
         <v>2</v>
       </c>
       <c r="C23" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24">
         <v>1</v>
       </c>
       <c r="C24" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25">
         <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26">
         <v>4</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27">
         <v>1</v>
       </c>
       <c r="C27" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28">
         <v>1</v>
       </c>
       <c r="C28" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29">
         <v>3</v>
       </c>
       <c r="C29" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31">
         <v>1</v>
       </c>
       <c r="C31" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>63</v>
       </c>
       <c r="B32">
         <v>2</v>
       </c>
       <c r="C32" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33">
         <v>1</v>
       </c>
       <c r="C33" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34">
         <v>3</v>
       </c>
       <c r="C34" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>69</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
       <c r="C35" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>71</v>
       </c>
       <c r="B36">
         <v>1</v>
       </c>
       <c r="C36" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38">
         <v>3</v>
       </c>
       <c r="C38" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>77</v>
       </c>
       <c r="B39">
         <v>6</v>
       </c>
       <c r="C39" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
       <c r="C40" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83DD694E-D526-4D9C-B230-AEACA86D4A91}">
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="42.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.85546875" customWidth="1"/>
+    <col min="1" max="1" width="42.6640625" customWidth="1"/>
+    <col min="2" max="2" width="13.1640625" customWidth="1"/>
+    <col min="3" max="3" width="11.83203125" customWidth="1"/>
+    <col min="4" max="4" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>4</v>
       </c>
       <c r="D2">
         <v>9</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>238</v>
       </c>
       <c r="B3" t="s">
         <v>239</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>156</v>
       </c>
       <c r="B4" t="s">
         <v>157</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>158</v>
       </c>
       <c r="B5" t="s">
         <v>159</v>
       </c>
       <c r="C5">
         <v>5</v>
       </c>
       <c r="D5">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>160</v>
       </c>
       <c r="B6" t="s">
         <v>161</v>
       </c>
       <c r="C6">
         <v>6</v>
       </c>
       <c r="D6">
         <v>27</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>311</v>
       </c>
       <c r="B7" t="s">
         <v>312</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>5</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8">
         <v>52</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9">
         <v>42</v>
       </c>
       <c r="D9">
         <v>182</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>12</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10">
         <v>10</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11">
         <v>16</v>
       </c>
       <c r="D11">
         <v>107</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12">
         <v>2575</v>
       </c>
       <c r="D12">
         <v>14228</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>37</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14">
         <v>69</v>
       </c>
       <c r="D14">
         <v>538</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>313</v>
       </c>
       <c r="B15" t="s">
         <v>314</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15">
         <v>79</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>98</v>
       </c>
       <c r="B16" t="s">
         <v>99</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16">
         <v>4</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>102</v>
       </c>
       <c r="B17" t="s">
         <v>103</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>216</v>
       </c>
       <c r="B18" t="s">
         <v>217</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18">
         <v>5</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19">
         <v>6</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>22</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
       <c r="D20">
         <v>12</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21">
         <v>51</v>
       </c>
       <c r="D21">
         <v>196</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>106</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22">
         <v>13</v>
       </c>
       <c r="D22">
         <v>107</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>172</v>
       </c>
       <c r="B23" t="s">
         <v>173</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24">
         <v>11</v>
       </c>
       <c r="D24">
         <v>61</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>111</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>174</v>
       </c>
       <c r="B26" t="s">
         <v>175</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26">
         <v>17</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>176</v>
       </c>
       <c r="B27" t="s">
         <v>177</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
       <c r="D27">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>113</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
         <v>32</v>
       </c>
       <c r="C29">
         <v>8</v>
       </c>
       <c r="D29">
         <v>59</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30">
         <v>9</v>
       </c>
       <c r="D30">
         <v>16</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>180</v>
       </c>
       <c r="B31" t="s">
         <v>181</v>
       </c>
       <c r="C31">
         <v>2</v>
       </c>
       <c r="D31">
         <v>41</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>37</v>
       </c>
       <c r="B32" t="s">
         <v>38</v>
       </c>
       <c r="C32">
         <v>49</v>
       </c>
       <c r="D32">
         <v>656</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>116</v>
       </c>
       <c r="B33" t="s">
         <v>117</v>
       </c>
       <c r="C33">
         <v>2</v>
       </c>
       <c r="D33">
         <v>4</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>122</v>
       </c>
       <c r="B34" t="s">
         <v>123</v>
       </c>
       <c r="C34">
         <v>5</v>
       </c>
       <c r="D34">
         <v>43</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35" t="s">
         <v>40</v>
       </c>
       <c r="C35">
         <v>9</v>
       </c>
       <c r="D35">
         <v>9</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>41</v>
       </c>
       <c r="B36" t="s">
         <v>42</v>
       </c>
       <c r="C36">
         <v>68</v>
       </c>
       <c r="D36">
         <v>461</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>43</v>
       </c>
       <c r="B37" t="s">
         <v>44</v>
       </c>
       <c r="C37">
         <v>6</v>
       </c>
       <c r="D37">
         <v>21</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>45</v>
       </c>
       <c r="B38" t="s">
         <v>46</v>
       </c>
       <c r="C38">
         <v>2</v>
       </c>
       <c r="D38">
         <v>11</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" t="s">
         <v>50</v>
       </c>
       <c r="C39">
         <v>64</v>
       </c>
       <c r="D39">
         <v>306</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>51</v>
       </c>
       <c r="B40" t="s">
         <v>52</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40">
         <v>4</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>198</v>
       </c>
       <c r="B41" t="s">
         <v>199</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>53</v>
       </c>
       <c r="B42" t="s">
         <v>54</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
       <c r="D42">
         <v>4</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>136</v>
       </c>
       <c r="B43" t="s">
         <v>137</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>19</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>57</v>
       </c>
       <c r="B44" t="s">
         <v>58</v>
       </c>
       <c r="C44">
         <v>1</v>
       </c>
       <c r="D44">
         <v>4</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>59</v>
       </c>
       <c r="B45" t="s">
         <v>60</v>
       </c>
       <c r="C45">
         <v>8</v>
       </c>
       <c r="D45">
         <v>55</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>315</v>
       </c>
       <c r="B46" t="s">
         <v>316</v>
       </c>
       <c r="C46">
         <v>1</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>61</v>
       </c>
       <c r="B47" t="s">
         <v>62</v>
       </c>
       <c r="C47">
         <v>6</v>
       </c>
       <c r="D47">
         <v>25</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>317</v>
       </c>
       <c r="B48" t="s">
         <v>318</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
       <c r="D48">
         <v>8</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>66</v>
       </c>
       <c r="C49">
         <v>4</v>
       </c>
       <c r="D49">
         <v>15</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>206</v>
       </c>
       <c r="B50" t="s">
         <v>207</v>
       </c>
       <c r="C50">
         <v>3</v>
       </c>
       <c r="D50">
         <v>11</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>67</v>
       </c>
       <c r="B51" t="s">
         <v>68</v>
       </c>
       <c r="C51">
         <v>11</v>
       </c>
       <c r="D51">
         <v>72</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>69</v>
       </c>
       <c r="B52" t="s">
         <v>70</v>
       </c>
       <c r="C52">
         <v>2</v>
       </c>
       <c r="D52">
         <v>3</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>152</v>
       </c>
       <c r="B53" t="s">
         <v>153</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>71</v>
       </c>
       <c r="B54" t="s">
         <v>72</v>
       </c>
       <c r="C54">
         <v>2</v>
       </c>
       <c r="D54">
         <v>1</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>73</v>
       </c>
       <c r="B55" t="s">
         <v>74</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
       <c r="D55">
         <v>27</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>77</v>
       </c>
       <c r="B56" t="s">
         <v>78</v>
       </c>
       <c r="C56">
         <v>6</v>
       </c>
       <c r="D56">
         <v>15</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>236</v>
       </c>
       <c r="B57" t="s">
         <v>237</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>154</v>
       </c>
       <c r="B58" t="s">
         <v>155</v>
       </c>
       <c r="C58">
         <v>1</v>
       </c>
       <c r="D58">
         <v>4</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>79</v>
       </c>
       <c r="B59" t="s">
         <v>80</v>
       </c>
       <c r="C59">
         <v>2</v>
       </c>
       <c r="D59">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D95880F9-2DCF-49FB-9FEE-5D4A3A3B7B63}">
   <dimension ref="A1:D63"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="39.5703125" customWidth="1"/>
-    <col min="2" max="2" width="14.42578125" customWidth="1"/>
+    <col min="1" max="1" width="39.5" customWidth="1"/>
+    <col min="2" max="2" width="14.5" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
-    <col min="4" max="4" width="11.85546875" customWidth="1"/>
+    <col min="4" max="4" width="11.83203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>13</v>
       </c>
       <c r="D2">
         <v>177</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>156</v>
       </c>
       <c r="B3" t="s">
         <v>157</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>158</v>
       </c>
       <c r="B4" t="s">
         <v>159</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>160</v>
       </c>
       <c r="B5" t="s">
         <v>161</v>
       </c>
       <c r="C5">
         <v>17</v>
       </c>
       <c r="D5">
         <v>43</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6">
         <v>8</v>
       </c>
       <c r="D6">
         <v>134</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7">
         <v>42</v>
       </c>
       <c r="D7">
         <v>253</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>88</v>
       </c>
       <c r="B9" t="s">
         <v>89</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>90</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11">
         <v>3</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>319</v>
       </c>
       <c r="B12" t="s">
         <v>320</v>
       </c>
       <c r="C12">
         <v>6</v>
       </c>
       <c r="D12">
         <v>31</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13">
         <v>6</v>
       </c>
       <c r="D13">
         <v>56</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14">
         <v>2266</v>
       </c>
       <c r="D14">
         <v>13514</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>92</v>
       </c>
       <c r="B15" t="s">
         <v>93</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
         <v>4</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>94</v>
       </c>
       <c r="B16" t="s">
         <v>95</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16">
         <v>2</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>321</v>
       </c>
       <c r="B17" t="s">
         <v>322</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17">
         <v>44</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>96</v>
       </c>
       <c r="B18" t="s">
         <v>97</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18">
         <v>19</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
         <v>20</v>
       </c>
       <c r="C19">
         <v>75</v>
       </c>
       <c r="D19">
         <v>639</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>98</v>
       </c>
       <c r="B20" t="s">
         <v>99</v>
       </c>
       <c r="C20">
         <v>2</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>104</v>
       </c>
       <c r="B21" t="s">
         <v>105</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>12</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22">
         <v>66</v>
       </c>
       <c r="D22">
         <v>280</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>293</v>
       </c>
       <c r="B23" t="s">
         <v>294</v>
       </c>
       <c r="C23">
         <v>2</v>
       </c>
       <c r="D23">
         <v>38</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
       <c r="C24">
         <v>12</v>
       </c>
       <c r="D24">
         <v>69</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>220</v>
       </c>
       <c r="B25" t="s">
         <v>221</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>281</v>
       </c>
       <c r="B26" t="s">
         <v>282</v>
       </c>
       <c r="C26">
         <v>5</v>
       </c>
       <c r="D26">
         <v>8</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27" t="s">
         <v>28</v>
       </c>
       <c r="C27">
         <v>16</v>
       </c>
       <c r="D27">
         <v>66</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>110</v>
       </c>
       <c r="B28" t="s">
         <v>111</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28">
         <v>7</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>176</v>
       </c>
       <c r="B29" t="s">
         <v>177</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>307</v>
       </c>
       <c r="B30" t="s">
         <v>308</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30">
         <v>2</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31" t="s">
         <v>32</v>
       </c>
       <c r="C31">
         <v>16</v>
       </c>
       <c r="D31">
         <v>112</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>33</v>
       </c>
       <c r="B32" t="s">
         <v>34</v>
       </c>
       <c r="C32">
         <v>9</v>
       </c>
       <c r="D32">
         <v>61</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33">
         <v>3</v>
       </c>
       <c r="D33">
         <v>17</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>180</v>
       </c>
       <c r="B34" t="s">
         <v>181</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34">
         <v>22</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>182</v>
       </c>
       <c r="B35" t="s">
         <v>183</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>222</v>
       </c>
       <c r="B36" t="s">
         <v>223</v>
       </c>
       <c r="C36">
         <v>2</v>
       </c>
       <c r="D36">
         <v>53</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37" t="s">
         <v>38</v>
       </c>
       <c r="C37">
         <v>44</v>
       </c>
       <c r="D37">
         <v>643</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>116</v>
       </c>
       <c r="B38" t="s">
         <v>117</v>
       </c>
       <c r="C38">
         <v>2</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>122</v>
       </c>
       <c r="B39" t="s">
         <v>123</v>
       </c>
       <c r="C39">
         <v>1</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>124</v>
       </c>
       <c r="B40" t="s">
         <v>125</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40">
         <v>10</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>39</v>
       </c>
       <c r="B41" t="s">
         <v>40</v>
       </c>
       <c r="C41">
         <v>5</v>
       </c>
       <c r="D41">
         <v>1</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>42</v>
       </c>
       <c r="C42">
         <v>63</v>
       </c>
       <c r="D42">
         <v>424</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43" t="s">
         <v>44</v>
       </c>
       <c r="C43">
         <v>8</v>
       </c>
       <c r="D43">
         <v>13</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>250</v>
       </c>
       <c r="B44" t="s">
         <v>133</v>
       </c>
       <c r="C44">
         <v>3</v>
       </c>
       <c r="D44">
         <v>40</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45" t="s">
         <v>50</v>
       </c>
       <c r="C45">
         <v>85</v>
       </c>
       <c r="D45">
         <v>366</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>51</v>
       </c>
       <c r="B46" t="s">
         <v>52</v>
       </c>
       <c r="C46">
         <v>1</v>
       </c>
       <c r="D46">
         <v>1</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>198</v>
       </c>
       <c r="B47" t="s">
         <v>199</v>
       </c>
       <c r="C47">
         <v>2</v>
       </c>
       <c r="D47">
         <v>23</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>59</v>
       </c>
       <c r="B48" t="s">
         <v>60</v>
       </c>
       <c r="C48">
         <v>12</v>
       </c>
       <c r="D48">
         <v>45</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>200</v>
       </c>
       <c r="B49" t="s">
         <v>201</v>
       </c>
       <c r="C49">
         <v>1</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>61</v>
       </c>
       <c r="B50" t="s">
         <v>62</v>
       </c>
       <c r="C50">
         <v>4</v>
       </c>
       <c r="D50">
         <v>31</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>65</v>
       </c>
       <c r="B51" t="s">
         <v>66</v>
       </c>
       <c r="C51">
         <v>7</v>
       </c>
       <c r="D51">
         <v>39</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>142</v>
       </c>
       <c r="B52" t="s">
         <v>143</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
       <c r="D52">
         <v>3</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>206</v>
       </c>
       <c r="B53" t="s">
         <v>207</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53">
         <v>8</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>323</v>
       </c>
       <c r="B54" t="s">
         <v>324</v>
       </c>
       <c r="C54">
         <v>1</v>
       </c>
       <c r="D54">
         <v>3</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>210</v>
       </c>
       <c r="B55" t="s">
         <v>211</v>
       </c>
       <c r="C55">
         <v>5</v>
       </c>
       <c r="D55">
         <v>10</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>228</v>
       </c>
       <c r="B56" t="s">
         <v>229</v>
       </c>
       <c r="C56">
         <v>5</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>275</v>
       </c>
       <c r="B57" t="s">
         <v>276</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>67</v>
       </c>
       <c r="B58" t="s">
         <v>68</v>
       </c>
       <c r="C58">
         <v>3</v>
       </c>
       <c r="D58">
         <v>15</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>69</v>
       </c>
       <c r="B59" t="s">
         <v>70</v>
       </c>
       <c r="C59">
         <v>3</v>
       </c>
       <c r="D59">
         <v>4</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>73</v>
       </c>
       <c r="B60" t="s">
         <v>74</v>
       </c>
       <c r="C60">
         <v>9</v>
       </c>
       <c r="D60">
         <v>111</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>230</v>
       </c>
       <c r="B61" t="s">
         <v>231</v>
       </c>
       <c r="C61">
         <v>2</v>
       </c>
       <c r="D61">
         <v>9</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>214</v>
       </c>
       <c r="B62" t="s">
         <v>215</v>
       </c>
       <c r="C62">
         <v>2</v>
       </c>
       <c r="D62">
         <v>11</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>77</v>
       </c>
       <c r="B63" t="s">
         <v>78</v>
       </c>
       <c r="C63">
         <v>4</v>
       </c>
       <c r="D63">
         <v>5</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F4CAB0B-6495-3342-92D0-DB10A83D4E60}">
+  <dimension ref="A1:D54"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="39.83203125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C2">
+        <v>6</v>
+      </c>
+      <c r="D2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C3">
+        <v>1</v>
+      </c>
+      <c r="D3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C4">
+        <v>20</v>
+      </c>
+      <c r="D4">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5">
+        <v>3</v>
+      </c>
+      <c r="D5">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6">
+        <v>28</v>
+      </c>
+      <c r="D6">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7">
+        <v>1</v>
+      </c>
+      <c r="D7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8">
+        <v>4</v>
+      </c>
+      <c r="D8">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9">
+        <v>2</v>
+      </c>
+      <c r="D9">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10">
+        <v>2107</v>
+      </c>
+      <c r="D10">
+        <v>13220</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11">
+        <v>2</v>
+      </c>
+      <c r="D11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>162</v>
+      </c>
+      <c r="B12" t="s">
+        <v>163</v>
+      </c>
+      <c r="C12">
+        <v>1</v>
+      </c>
+      <c r="D12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13">
+        <v>3</v>
+      </c>
+      <c r="D13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14">
+        <v>38</v>
+      </c>
+      <c r="D14">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15">
+        <v>2</v>
+      </c>
+      <c r="D15">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16">
+        <v>4</v>
+      </c>
+      <c r="D16">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17">
+        <v>2</v>
+      </c>
+      <c r="D17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18">
+        <v>67</v>
+      </c>
+      <c r="D18">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19">
+        <v>8</v>
+      </c>
+      <c r="D19">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A20" t="s">
+        <v>220</v>
+      </c>
+      <c r="B20" t="s">
+        <v>221</v>
+      </c>
+      <c r="C20">
+        <v>2</v>
+      </c>
+      <c r="D20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>335</v>
+      </c>
+      <c r="B21" t="s">
+        <v>336</v>
+      </c>
+      <c r="C21">
+        <v>1</v>
+      </c>
+      <c r="D21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22">
+        <v>17</v>
+      </c>
+      <c r="D22">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23">
+        <v>1</v>
+      </c>
+      <c r="D23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A24" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24">
+        <v>10</v>
+      </c>
+      <c r="D24">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B25" t="s">
+        <v>34</v>
+      </c>
+      <c r="C25">
+        <v>6</v>
+      </c>
+      <c r="D25">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26">
+        <v>4</v>
+      </c>
+      <c r="D26">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>283</v>
+      </c>
+      <c r="B27" t="s">
+        <v>284</v>
+      </c>
+      <c r="C27">
+        <v>24</v>
+      </c>
+      <c r="D27">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28">
+        <v>38</v>
+      </c>
+      <c r="D28">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29">
+        <v>6</v>
+      </c>
+      <c r="D29">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" t="s">
+        <v>40</v>
+      </c>
+      <c r="C30">
+        <v>2</v>
+      </c>
+      <c r="D30">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
+        <v>327</v>
+      </c>
+      <c r="B31" t="s">
+        <v>328</v>
+      </c>
+      <c r="C31">
+        <v>2</v>
+      </c>
+      <c r="D31">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32">
+        <v>38</v>
+      </c>
+      <c r="D32">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>329</v>
+      </c>
+      <c r="B33" t="s">
+        <v>330</v>
+      </c>
+      <c r="C33">
+        <v>2</v>
+      </c>
+      <c r="D33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
+        <v>43</v>
+      </c>
+      <c r="B34" t="s">
+        <v>44</v>
+      </c>
+      <c r="C34">
+        <v>6</v>
+      </c>
+      <c r="D34">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
+        <v>331</v>
+      </c>
+      <c r="B35" t="s">
+        <v>332</v>
+      </c>
+      <c r="C35">
+        <v>1</v>
+      </c>
+      <c r="D35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" t="s">
+        <v>50</v>
+      </c>
+      <c r="C36">
+        <v>51</v>
+      </c>
+      <c r="D36">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
+        <v>196</v>
+      </c>
+      <c r="B37" t="s">
+        <v>197</v>
+      </c>
+      <c r="C37">
+        <v>1</v>
+      </c>
+      <c r="D37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A38" t="s">
+        <v>51</v>
+      </c>
+      <c r="B38" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38">
+        <v>2</v>
+      </c>
+      <c r="D38">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
+        <v>198</v>
+      </c>
+      <c r="B39" t="s">
+        <v>199</v>
+      </c>
+      <c r="C39">
+        <v>1</v>
+      </c>
+      <c r="D39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A40" t="s">
+        <v>136</v>
+      </c>
+      <c r="B40" t="s">
+        <v>137</v>
+      </c>
+      <c r="C40">
+        <v>4</v>
+      </c>
+      <c r="D40">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A41" t="s">
+        <v>57</v>
+      </c>
+      <c r="B41" t="s">
+        <v>58</v>
+      </c>
+      <c r="C41">
+        <v>3</v>
+      </c>
+      <c r="D41">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
+        <v>59</v>
+      </c>
+      <c r="B42" t="s">
+        <v>60</v>
+      </c>
+      <c r="C42">
+        <v>13</v>
+      </c>
+      <c r="D42">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A43" t="s">
+        <v>61</v>
+      </c>
+      <c r="B43" t="s">
+        <v>62</v>
+      </c>
+      <c r="C43">
+        <v>7</v>
+      </c>
+      <c r="D43">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
+        <v>317</v>
+      </c>
+      <c r="B44" t="s">
+        <v>318</v>
+      </c>
+      <c r="C44">
+        <v>1</v>
+      </c>
+      <c r="D44">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A45" t="s">
+        <v>65</v>
+      </c>
+      <c r="B45" t="s">
+        <v>66</v>
+      </c>
+      <c r="C45">
+        <v>2</v>
+      </c>
+      <c r="D45">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A46" t="s">
+        <v>208</v>
+      </c>
+      <c r="B46" t="s">
+        <v>209</v>
+      </c>
+      <c r="C46">
+        <v>3</v>
+      </c>
+      <c r="D46">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A47" t="s">
+        <v>210</v>
+      </c>
+      <c r="B47" t="s">
+        <v>211</v>
+      </c>
+      <c r="C47">
+        <v>11</v>
+      </c>
+      <c r="D47">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A48" t="s">
+        <v>325</v>
+      </c>
+      <c r="B48" t="s">
+        <v>326</v>
+      </c>
+      <c r="C48">
+        <v>1</v>
+      </c>
+      <c r="D48">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A49" t="s">
+        <v>67</v>
+      </c>
+      <c r="B49" t="s">
+        <v>68</v>
+      </c>
+      <c r="C49">
+        <v>2</v>
+      </c>
+      <c r="D49">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A50" t="s">
+        <v>71</v>
+      </c>
+      <c r="B50" t="s">
+        <v>72</v>
+      </c>
+      <c r="C50">
+        <v>1</v>
+      </c>
+      <c r="D50">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A51" t="s">
+        <v>73</v>
+      </c>
+      <c r="B51" t="s">
+        <v>74</v>
+      </c>
+      <c r="C51">
+        <v>14</v>
+      </c>
+      <c r="D51">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A52" t="s">
+        <v>75</v>
+      </c>
+      <c r="B52" t="s">
+        <v>76</v>
+      </c>
+      <c r="C52">
+        <v>1</v>
+      </c>
+      <c r="D52">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A53" t="s">
+        <v>214</v>
+      </c>
+      <c r="B53" t="s">
+        <v>215</v>
+      </c>
+      <c r="C53">
+        <v>1</v>
+      </c>
+      <c r="D53">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A54" t="s">
+        <v>154</v>
+      </c>
+      <c r="B54" t="s">
+        <v>155</v>
+      </c>
+      <c r="C54">
+        <v>1</v>
+      </c>
+      <c r="D54">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37EB6CFB-A125-4957-AC24-2B9D522024A9}">
   <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="42.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.140625" customWidth="1"/>
+    <col min="1" max="1" width="42.33203125" customWidth="1"/>
+    <col min="2" max="2" width="16.1640625" customWidth="1"/>
+    <col min="3" max="3" width="15.1640625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>84</v>
       </c>
       <c r="B2" t="s">
         <v>85</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>11</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>86</v>
       </c>
       <c r="B4" t="s">
         <v>87</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5">
         <v>12</v>
       </c>
       <c r="D5">
         <v>172</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6">
         <v>32</v>
       </c>
       <c r="D6">
         <v>130</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>12</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
       <c r="D7">
         <v>11</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>88</v>
       </c>
       <c r="B8" t="s">
         <v>89</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>90</v>
       </c>
       <c r="B9" t="s">
         <v>91</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9">
         <v>14</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10">
         <v>22</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12">
         <v>2006</v>
       </c>
       <c r="D12">
         <v>13254</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>96</v>
       </c>
       <c r="B15" t="s">
         <v>97</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
         <v>8</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16">
         <v>33</v>
       </c>
       <c r="D16">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>98</v>
       </c>
       <c r="B17" t="s">
         <v>99</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17">
         <v>7</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>100</v>
       </c>
       <c r="B18" t="s">
         <v>101</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18">
         <v>3</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>102</v>
       </c>
       <c r="B19" t="s">
         <v>103</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>104</v>
       </c>
       <c r="B20" t="s">
         <v>105</v>
       </c>
       <c r="C20">
         <v>5</v>
       </c>
       <c r="D20">
         <v>101</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21">
         <v>26</v>
       </c>
       <c r="D21">
         <v>47</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>106</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22">
         <v>9</v>
       </c>
       <c r="D22">
         <v>32</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>108</v>
       </c>
       <c r="B23" t="s">
         <v>109</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24">
         <v>15</v>
       </c>
       <c r="D24">
         <v>361</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25" t="s">
         <v>30</v>
       </c>
       <c r="C25">
         <v>2</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>112</v>
       </c>
       <c r="B27" t="s">
         <v>113</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
       <c r="D27">
         <v>5</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28" t="s">
         <v>32</v>
       </c>
       <c r="C28">
         <v>13</v>
       </c>
       <c r="D28">
         <v>163</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>33</v>
       </c>
       <c r="B29" t="s">
         <v>34</v>
       </c>
       <c r="C29">
         <v>4</v>
       </c>
       <c r="D29">
         <v>21</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>35</v>
       </c>
       <c r="B30" t="s">
         <v>36</v>
       </c>
       <c r="C30">
         <v>10</v>
       </c>
       <c r="D30">
         <v>67</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>114</v>
       </c>
       <c r="B31" t="s">
         <v>115</v>
       </c>
       <c r="C31">
         <v>1</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>37</v>
       </c>
       <c r="B32" t="s">
         <v>38</v>
       </c>
       <c r="C32">
         <v>19</v>
       </c>
       <c r="D32">
         <v>111</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>116</v>
       </c>
       <c r="B33" t="s">
         <v>117</v>
       </c>
       <c r="C33">
         <v>5</v>
       </c>
       <c r="D33">
         <v>21</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>118</v>
       </c>
       <c r="B34" t="s">
         <v>119</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34">
         <v>2</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>120</v>
       </c>
       <c r="B35" t="s">
         <v>121</v>
       </c>
       <c r="C35">
         <v>3</v>
       </c>
       <c r="D35">
         <v>5</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>122</v>
       </c>
       <c r="B36" t="s">
         <v>123</v>
       </c>
       <c r="C36">
         <v>2</v>
       </c>
       <c r="D36">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>124</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37">
         <v>3</v>
       </c>
       <c r="D37">
         <v>31</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
         <v>40</v>
       </c>
       <c r="C38">
         <v>7</v>
       </c>
       <c r="D38">
         <v>98</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
         <v>42</v>
       </c>
       <c r="C39">
         <v>57</v>
       </c>
       <c r="D39">
         <v>734</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>126</v>
       </c>
       <c r="B40" t="s">
         <v>127</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>128</v>
       </c>
       <c r="B41" t="s">
         <v>129</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41">
         <v>2</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>130</v>
       </c>
       <c r="B42" t="s">
         <v>131</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
       <c r="D42">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43" t="s">
         <v>44</v>
       </c>
       <c r="C43">
         <v>17</v>
       </c>
       <c r="D43">
         <v>83</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>132</v>
       </c>
       <c r="B44" t="s">
         <v>133</v>
       </c>
       <c r="C44">
         <v>1</v>
       </c>
       <c r="D44">
         <v>1</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45" t="s">
         <v>50</v>
       </c>
       <c r="C45">
         <v>81</v>
       </c>
       <c r="D45">
         <v>450</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>134</v>
       </c>
       <c r="B46" t="s">
         <v>135</v>
       </c>
       <c r="C46">
         <v>2</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>51</v>
       </c>
       <c r="B47" t="s">
         <v>52</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>136</v>
       </c>
       <c r="B48" t="s">
         <v>137</v>
       </c>
       <c r="C48">
         <v>3</v>
       </c>
       <c r="D48">
         <v>12</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>138</v>
       </c>
       <c r="B49" t="s">
         <v>139</v>
       </c>
       <c r="C49">
         <v>1</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>57</v>
       </c>
       <c r="B50" t="s">
         <v>58</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
       <c r="D50">
         <v>5</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>59</v>
       </c>
       <c r="B51" t="s">
         <v>60</v>
       </c>
       <c r="C51">
         <v>14</v>
       </c>
       <c r="D51">
         <v>8</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>61</v>
       </c>
       <c r="B52" t="s">
         <v>62</v>
       </c>
       <c r="C52">
         <v>5</v>
       </c>
       <c r="D52">
         <v>86</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>140</v>
       </c>
       <c r="B53" t="s">
         <v>141</v>
       </c>
       <c r="C53">
         <v>5</v>
       </c>
       <c r="D53">
         <v>32</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>65</v>
       </c>
       <c r="B54" t="s">
         <v>66</v>
       </c>
       <c r="C54">
         <v>3</v>
       </c>
       <c r="D54">
         <v>64</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>142</v>
       </c>
       <c r="B55" t="s">
         <v>143</v>
       </c>
       <c r="C55">
         <v>1</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>144</v>
       </c>
       <c r="B56" t="s">
         <v>145</v>
       </c>
       <c r="C56">
         <v>3</v>
       </c>
       <c r="D56">
         <v>4</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>146</v>
       </c>
       <c r="B57" t="s">
         <v>147</v>
       </c>
       <c r="C57">
         <v>4</v>
       </c>
       <c r="D57">
         <v>60</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>148</v>
       </c>
       <c r="B58" t="s">
         <v>149</v>
       </c>
       <c r="C58">
         <v>2</v>
       </c>
       <c r="D58">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>150</v>
       </c>
       <c r="B59" t="s">
         <v>151</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59">
         <v>6</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>67</v>
       </c>
       <c r="B60" t="s">
         <v>68</v>
       </c>
       <c r="C60">
         <v>10</v>
       </c>
       <c r="D60">
         <v>80</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>152</v>
       </c>
       <c r="B61" t="s">
         <v>153</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61">
         <v>29</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>73</v>
       </c>
       <c r="B62" t="s">
         <v>74</v>
       </c>
       <c r="C62">
         <v>2</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>77</v>
       </c>
       <c r="B63" t="s">
         <v>78</v>
       </c>
       <c r="C63">
         <v>30</v>
       </c>
       <c r="D63">
         <v>60</v>
       </c>
     </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>154</v>
       </c>
       <c r="B64" t="s">
         <v>155</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64">
         <v>4</v>
       </c>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>79</v>
       </c>
       <c r="B65" t="s">
         <v>80</v>
       </c>
       <c r="C65">
         <v>2</v>
       </c>
       <c r="D65">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F04E4264-CC7F-4766-A8A5-EEDD6E471057}">
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="42.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="15.28515625" customWidth="1"/>
+    <col min="1" max="1" width="42.83203125" customWidth="1"/>
+    <col min="2" max="2" width="16.83203125" customWidth="1"/>
+    <col min="3" max="3" width="14.33203125" customWidth="1"/>
+    <col min="4" max="4" width="15.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>156</v>
       </c>
       <c r="B3" t="s">
         <v>157</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>158</v>
       </c>
       <c r="B4" t="s">
         <v>159</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>21</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5">
         <v>24</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>160</v>
       </c>
       <c r="B6" t="s">
         <v>161</v>
       </c>
       <c r="C6">
         <v>8</v>
       </c>
       <c r="D6">
         <v>19</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7">
         <v>16</v>
       </c>
       <c r="D7">
         <v>178</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8">
         <v>52</v>
       </c>
       <c r="D8">
         <v>198</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>12</v>
       </c>
       <c r="C9">
         <v>4</v>
       </c>
       <c r="D9">
         <v>18</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11">
         <v>51</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12">
         <v>108</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13">
         <v>2430</v>
       </c>
       <c r="D13">
         <v>15719</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14">
         <v>34</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>162</v>
       </c>
       <c r="B15" t="s">
         <v>163</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16">
         <v>27</v>
       </c>
       <c r="D16">
         <v>250</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>164</v>
       </c>
       <c r="B17" t="s">
         <v>165</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17">
         <v>44</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>166</v>
       </c>
       <c r="B18" t="s">
         <v>167</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18">
         <v>8</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>98</v>
       </c>
       <c r="B19" t="s">
         <v>99</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>100</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
       <c r="C20">
         <v>2</v>
       </c>
       <c r="D20">
         <v>15</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
         <v>22</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21">
         <v>2</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>168</v>
       </c>
       <c r="B22" t="s">
         <v>169</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23">
         <v>51</v>
       </c>
       <c r="D23">
         <v>237</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>25</v>
       </c>
       <c r="B24" t="s">
         <v>26</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24">
         <v>2</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25">
         <v>20</v>
       </c>
       <c r="D25">
         <v>145</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>170</v>
       </c>
       <c r="B26" t="s">
         <v>171</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>172</v>
       </c>
       <c r="B27" t="s">
         <v>173</v>
       </c>
       <c r="C27">
         <v>2</v>
       </c>
       <c r="D27">
         <v>14</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28">
         <v>8</v>
       </c>
       <c r="D28">
         <v>156</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>174</v>
       </c>
       <c r="B29" t="s">
         <v>175</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29">
         <v>7</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>176</v>
       </c>
       <c r="B30" t="s">
         <v>177</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30">
         <v>5</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>178</v>
       </c>
       <c r="B31" t="s">
         <v>179</v>
       </c>
       <c r="C31">
         <v>1</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>112</v>
       </c>
       <c r="B32" t="s">
         <v>113</v>
       </c>
       <c r="C32">
         <v>2</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>32</v>
       </c>
       <c r="C33">
         <v>24</v>
       </c>
       <c r="D33">
         <v>232</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34">
         <v>9</v>
       </c>
       <c r="D34">
         <v>66</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>114</v>
       </c>
       <c r="B36" t="s">
         <v>115</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>180</v>
       </c>
       <c r="B37" t="s">
         <v>181</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>8</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>182</v>
       </c>
       <c r="B38" t="s">
         <v>183</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>37</v>
       </c>
       <c r="B39" t="s">
         <v>38</v>
       </c>
       <c r="C39">
         <v>49</v>
       </c>
       <c r="D39">
         <v>447</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>184</v>
       </c>
       <c r="B40" t="s">
         <v>185</v>
       </c>
       <c r="C40">
         <v>4</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>186</v>
       </c>
       <c r="B41" t="s">
         <v>187</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>122</v>
       </c>
       <c r="B42" t="s">
         <v>123</v>
       </c>
       <c r="C42">
         <v>3</v>
       </c>
       <c r="D42">
         <v>12</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>39</v>
       </c>
       <c r="B43" t="s">
         <v>40</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>41</v>
       </c>
       <c r="B44" t="s">
         <v>42</v>
       </c>
       <c r="C44">
         <v>60</v>
       </c>
       <c r="D44">
         <v>540</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>188</v>
       </c>
       <c r="B45" t="s">
         <v>189</v>
       </c>
       <c r="C45">
         <v>1</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>190</v>
       </c>
       <c r="B46" t="s">
         <v>191</v>
       </c>
       <c r="C46">
         <v>2</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>43</v>
       </c>
       <c r="B47" t="s">
         <v>44</v>
       </c>
       <c r="C47">
         <v>22</v>
       </c>
       <c r="D47">
         <v>79</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>192</v>
       </c>
       <c r="B48" t="s">
         <v>193</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>194</v>
       </c>
       <c r="B49" t="s">
         <v>195</v>
       </c>
       <c r="C49">
         <v>1</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>50</v>
       </c>
       <c r="C50">
         <v>66</v>
       </c>
       <c r="D50">
         <v>306</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>197</v>
       </c>
       <c r="C51">
         <v>2</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>52</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
       <c r="D52">
         <v>17</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>198</v>
       </c>
       <c r="B53" t="s">
         <v>199</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>136</v>
       </c>
       <c r="B54" t="s">
         <v>137</v>
       </c>
       <c r="C54">
         <v>2</v>
       </c>
       <c r="D54">
         <v>3</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
         <v>58</v>
       </c>
       <c r="C55">
         <v>11</v>
       </c>
       <c r="D55">
         <v>41</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56" t="s">
         <v>60</v>
       </c>
       <c r="C56">
         <v>34</v>
       </c>
       <c r="D56">
         <v>103</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>200</v>
       </c>
       <c r="B57" t="s">
         <v>201</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58" t="s">
         <v>62</v>
       </c>
       <c r="C58">
         <v>11</v>
       </c>
       <c r="D58">
         <v>32</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>63</v>
       </c>
       <c r="B59" t="s">
         <v>64</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59">
         <v>20</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>65</v>
       </c>
       <c r="B60" t="s">
         <v>66</v>
       </c>
       <c r="C60">
         <v>3</v>
       </c>
       <c r="D60">
         <v>16</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>202</v>
       </c>
       <c r="B61" t="s">
         <v>203</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61">
         <v>13</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>204</v>
       </c>
       <c r="B62" t="s">
         <v>205</v>
       </c>
       <c r="C62">
         <v>1</v>
       </c>
       <c r="D62">
         <v>14</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>206</v>
       </c>
       <c r="B63" t="s">
         <v>207</v>
       </c>
       <c r="C63">
         <v>5</v>
       </c>
       <c r="D63">
         <v>19</v>
       </c>
     </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>208</v>
       </c>
       <c r="B64" t="s">
         <v>209</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64">
         <v>4</v>
       </c>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>210</v>
       </c>
       <c r="B65" t="s">
         <v>211</v>
       </c>
       <c r="C65">
         <v>1</v>
       </c>
       <c r="D65">
         <v>2</v>
       </c>
     </row>
-    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>67</v>
       </c>
       <c r="B66" t="s">
         <v>68</v>
       </c>
       <c r="C66">
         <v>12</v>
       </c>
       <c r="D66">
         <v>74</v>
       </c>
     </row>
-    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67" t="s">
         <v>70</v>
       </c>
       <c r="C67">
         <v>2</v>
       </c>
       <c r="D67">
         <v>1</v>
       </c>
     </row>
-    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>152</v>
       </c>
       <c r="B68" t="s">
         <v>153</v>
       </c>
       <c r="C68">
         <v>1</v>
       </c>
       <c r="D68">
         <v>11</v>
       </c>
     </row>
-    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>212</v>
       </c>
       <c r="B69" t="s">
         <v>213</v>
       </c>
       <c r="C69">
         <v>1</v>
       </c>
       <c r="D69">
         <v>5</v>
       </c>
     </row>
-    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70" t="s">
         <v>74</v>
       </c>
       <c r="C70">
         <v>4</v>
       </c>
       <c r="D70">
         <v>70</v>
       </c>
     </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
         <v>75</v>
       </c>
       <c r="B71" t="s">
         <v>76</v>
       </c>
       <c r="C71">
         <v>1</v>
       </c>
       <c r="D71">
         <v>3</v>
       </c>
     </row>
-    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
         <v>214</v>
       </c>
       <c r="B72" t="s">
         <v>215</v>
       </c>
       <c r="C72">
         <v>1</v>
       </c>
       <c r="D72">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
         <v>77</v>
       </c>
       <c r="B73" t="s">
         <v>78</v>
       </c>
       <c r="C73">
         <v>42</v>
       </c>
       <c r="D73">
         <v>132</v>
       </c>
     </row>
-    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
         <v>79</v>
       </c>
       <c r="B74" t="s">
         <v>80</v>
       </c>
       <c r="C74">
         <v>2</v>
       </c>
       <c r="D74">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7B119F1-5F59-4416-BFF1-7A44CEC39C1D}">
   <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J12" sqref="J12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="38.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.28515625" customWidth="1"/>
+    <col min="1" max="1" width="38.5" customWidth="1"/>
+    <col min="2" max="2" width="14.33203125" customWidth="1"/>
+    <col min="3" max="3" width="14.5" customWidth="1"/>
+    <col min="4" max="4" width="13.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>156</v>
       </c>
       <c r="B2" t="s">
         <v>157</v>
       </c>
       <c r="C2">
         <v>2</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>86</v>
       </c>
       <c r="B3" t="s">
         <v>87</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>160</v>
       </c>
       <c r="B4" t="s">
         <v>161</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5">
         <v>14</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7">
         <v>28</v>
       </c>
       <c r="D7">
         <v>189</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>88</v>
       </c>
       <c r="B8" t="s">
         <v>89</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9">
         <v>36</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10">
         <v>4</v>
       </c>
       <c r="D10">
         <v>7</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11">
         <v>2510</v>
       </c>
       <c r="D11">
         <v>15273</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>92</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12">
         <v>4</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14">
         <v>19</v>
       </c>
       <c r="D14">
         <v>131</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>166</v>
       </c>
       <c r="B15" t="s">
         <v>167</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>98</v>
       </c>
       <c r="B16" t="s">
         <v>99</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16">
         <v>9</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>216</v>
       </c>
       <c r="B17" t="s">
         <v>217</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17">
         <v>72</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>104</v>
       </c>
       <c r="B18" t="s">
         <v>105</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18">
         <v>56</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19">
         <v>34</v>
       </c>
       <c r="D19">
         <v>140</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>25</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>218</v>
       </c>
       <c r="B21" t="s">
         <v>219</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21">
         <v>11</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>106</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22">
         <v>45</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>220</v>
       </c>
       <c r="B23" t="s">
         <v>221</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23">
         <v>15</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24">
         <v>5</v>
       </c>
       <c r="D24">
         <v>15</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>111</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25">
         <v>5</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>174</v>
       </c>
       <c r="B26" t="s">
         <v>175</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26">
         <v>24</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>112</v>
       </c>
       <c r="B27" t="s">
         <v>113</v>
       </c>
       <c r="C27">
         <v>4</v>
       </c>
       <c r="D27">
         <v>127</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28" t="s">
         <v>32</v>
       </c>
       <c r="C28">
         <v>15</v>
       </c>
       <c r="D28">
         <v>97</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>33</v>
       </c>
       <c r="B29" t="s">
         <v>34</v>
       </c>
       <c r="C29">
         <v>9</v>
       </c>
       <c r="D29">
         <v>15</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>114</v>
       </c>
       <c r="B30" t="s">
         <v>115</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30">
         <v>10</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>180</v>
       </c>
       <c r="B31" t="s">
         <v>181</v>
       </c>
       <c r="C31">
         <v>2</v>
       </c>
       <c r="D31">
         <v>20</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>222</v>
       </c>
       <c r="B32" t="s">
         <v>223</v>
       </c>
       <c r="C32">
         <v>1</v>
       </c>
       <c r="D32">
         <v>5</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>37</v>
       </c>
       <c r="B33" t="s">
         <v>38</v>
       </c>
       <c r="C33">
         <v>13</v>
       </c>
       <c r="D33">
         <v>60</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>186</v>
       </c>
       <c r="B34" t="s">
         <v>187</v>
       </c>
       <c r="C34">
         <v>4</v>
       </c>
       <c r="D34">
         <v>53</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>118</v>
       </c>
       <c r="B35" t="s">
         <v>119</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>122</v>
       </c>
       <c r="B36" t="s">
         <v>123</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36">
         <v>86</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>124</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>6</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
         <v>40</v>
       </c>
       <c r="C38">
         <v>9</v>
       </c>
       <c r="D38">
         <v>99</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
         <v>42</v>
       </c>
       <c r="C39">
         <v>49</v>
       </c>
       <c r="D39">
         <v>450</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>224</v>
       </c>
       <c r="B40" t="s">
         <v>225</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40">
         <v>3</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>43</v>
       </c>
       <c r="B41" t="s">
         <v>44</v>
       </c>
       <c r="C41">
         <v>11</v>
       </c>
       <c r="D41">
         <v>24</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>132</v>
       </c>
       <c r="B42" t="s">
         <v>133</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
       <c r="D42">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>49</v>
       </c>
       <c r="B43" t="s">
         <v>50</v>
       </c>
       <c r="C43">
         <v>92</v>
       </c>
       <c r="D43">
         <v>520</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>51</v>
       </c>
       <c r="B44" t="s">
         <v>52</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
       <c r="D44">
         <v>30</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>53</v>
       </c>
       <c r="B45" t="s">
         <v>54</v>
       </c>
       <c r="C45">
         <v>1</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>57</v>
       </c>
       <c r="B46" t="s">
         <v>58</v>
       </c>
       <c r="C46">
         <v>6</v>
       </c>
       <c r="D46">
         <v>8</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>59</v>
       </c>
       <c r="B47" t="s">
         <v>60</v>
       </c>
       <c r="C47">
         <v>21</v>
       </c>
       <c r="D47">
         <v>69</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>226</v>
       </c>
       <c r="B48" t="s">
         <v>227</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>61</v>
       </c>
       <c r="B49" t="s">
         <v>62</v>
       </c>
       <c r="C49">
         <v>14</v>
       </c>
       <c r="D49">
         <v>105</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>140</v>
       </c>
       <c r="B50" t="s">
         <v>141</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
       <c r="D50">
         <v>2</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>65</v>
       </c>
       <c r="B51" t="s">
         <v>66</v>
       </c>
       <c r="C51">
         <v>7</v>
       </c>
       <c r="D51">
         <v>6</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>206</v>
       </c>
       <c r="B52" t="s">
         <v>207</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>146</v>
       </c>
       <c r="B53" t="s">
         <v>147</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53">
         <v>3</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>210</v>
       </c>
       <c r="B54" t="s">
         <v>211</v>
       </c>
       <c r="C54">
         <v>1</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>228</v>
       </c>
       <c r="B55" t="s">
         <v>229</v>
       </c>
       <c r="C55">
         <v>3</v>
       </c>
       <c r="D55">
         <v>1</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>67</v>
       </c>
       <c r="B56" t="s">
         <v>68</v>
       </c>
       <c r="C56">
         <v>7</v>
       </c>
       <c r="D56">
         <v>107</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>69</v>
       </c>
       <c r="B57" t="s">
         <v>70</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57">
         <v>1</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>73</v>
       </c>
       <c r="B58" t="s">
         <v>74</v>
       </c>
       <c r="C58">
         <v>16</v>
       </c>
       <c r="D58">
         <v>119</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
         <v>231</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59">
         <v>17</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>75</v>
       </c>
       <c r="B60" t="s">
         <v>76</v>
       </c>
       <c r="C60">
         <v>3</v>
       </c>
       <c r="D60">
         <v>3</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>232</v>
       </c>
       <c r="B61" t="s">
         <v>233</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>234</v>
       </c>
       <c r="B62" t="s">
         <v>235</v>
       </c>
       <c r="C62">
         <v>2</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>77</v>
       </c>
       <c r="B63" t="s">
         <v>78</v>
       </c>
       <c r="C63">
         <v>15</v>
       </c>
       <c r="D63">
         <v>39</v>
       </c>
     </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>236</v>
       </c>
       <c r="B64" t="s">
         <v>237</v>
       </c>
       <c r="C64">
         <v>3</v>
       </c>
       <c r="D64">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8E06AD9-EDE7-498E-85A1-8DF39EBAB6C4}">
   <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="36.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.42578125" customWidth="1"/>
+    <col min="1" max="1" width="36.1640625" customWidth="1"/>
+    <col min="2" max="2" width="12.33203125" customWidth="1"/>
+    <col min="3" max="3" width="11.5" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>238</v>
       </c>
       <c r="B2" t="s">
         <v>239</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>156</v>
       </c>
       <c r="B3" t="s">
         <v>157</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>86</v>
       </c>
       <c r="B4" t="s">
         <v>87</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6">
         <v>40</v>
       </c>
       <c r="D6">
         <v>112</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>240</v>
       </c>
       <c r="B9" t="s">
         <v>241</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10">
         <v>2368</v>
       </c>
       <c r="D10">
         <v>13538</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>94</v>
       </c>
       <c r="B11" t="s">
         <v>95</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
       <c r="C12">
         <v>48</v>
       </c>
       <c r="D12">
         <v>226</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>242</v>
       </c>
       <c r="B13" t="s">
         <v>243</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>100</v>
       </c>
       <c r="B14" t="s">
         <v>101</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14">
         <v>22</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>104</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15">
         <v>11</v>
       </c>
       <c r="D15">
         <v>34</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16">
         <v>27</v>
       </c>
       <c r="D16">
         <v>77</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>244</v>
       </c>
       <c r="B17" t="s">
         <v>245</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17">
         <v>12</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>218</v>
       </c>
       <c r="B18" t="s">
         <v>219</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>106</v>
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
       <c r="C19">
         <v>15</v>
       </c>
       <c r="D19">
         <v>52</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>27</v>
       </c>
       <c r="B20" t="s">
         <v>28</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
       <c r="D20">
         <v>64</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>176</v>
       </c>
       <c r="B21" t="s">
         <v>177</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>31</v>
       </c>
       <c r="B22" t="s">
         <v>32</v>
       </c>
       <c r="C22">
         <v>4</v>
       </c>
       <c r="D22">
         <v>24</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>33</v>
       </c>
       <c r="B23" t="s">
         <v>34</v>
       </c>
       <c r="C23">
         <v>6</v>
       </c>
       <c r="D23">
         <v>58</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>35</v>
       </c>
       <c r="B24" t="s">
         <v>36</v>
       </c>
       <c r="C24">
         <v>5</v>
       </c>
       <c r="D24">
         <v>126</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" t="s">
         <v>38</v>
       </c>
       <c r="C25">
         <v>12</v>
       </c>
       <c r="D25">
         <v>29</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>39</v>
       </c>
       <c r="B26" t="s">
         <v>40</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26">
         <v>12</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>41</v>
       </c>
       <c r="B27" t="s">
         <v>42</v>
       </c>
       <c r="C27">
         <v>62</v>
       </c>
       <c r="D27">
         <v>566</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>246</v>
       </c>
       <c r="B28" t="s">
         <v>247</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>10</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>248</v>
       </c>
       <c r="B29" t="s">
         <v>249</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>190</v>
       </c>
       <c r="B30" t="s">
         <v>191</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>43</v>
       </c>
       <c r="B31" t="s">
         <v>44</v>
       </c>
       <c r="C31">
         <v>7</v>
       </c>
       <c r="D31">
         <v>25</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>250</v>
       </c>
       <c r="B32" t="s">
         <v>133</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
       <c r="D32">
         <v>5</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>49</v>
       </c>
       <c r="B33" t="s">
         <v>50</v>
       </c>
       <c r="C33">
         <v>55</v>
       </c>
       <c r="D33">
         <v>233</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>196</v>
       </c>
       <c r="B34" t="s">
         <v>197</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>51</v>
       </c>
       <c r="B35" t="s">
         <v>52</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>198</v>
       </c>
       <c r="B36" t="s">
         <v>199</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>53</v>
       </c>
       <c r="B37" t="s">
         <v>54</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>136</v>
       </c>
       <c r="B38" t="s">
         <v>137</v>
       </c>
       <c r="C38">
         <v>4</v>
       </c>
       <c r="D38">
         <v>12</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>57</v>
       </c>
       <c r="B39" t="s">
         <v>58</v>
       </c>
       <c r="C39">
         <v>3</v>
       </c>
       <c r="D39">
         <v>8</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>59</v>
       </c>
       <c r="B40" t="s">
         <v>60</v>
       </c>
       <c r="C40">
         <v>12</v>
       </c>
       <c r="D40">
         <v>15</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>61</v>
       </c>
       <c r="B41" t="s">
         <v>62</v>
       </c>
       <c r="C41">
         <v>5</v>
       </c>
       <c r="D41">
         <v>35</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>140</v>
       </c>
       <c r="B42" t="s">
         <v>141</v>
       </c>
       <c r="C42">
         <v>5</v>
       </c>
       <c r="D42">
         <v>49</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>63</v>
       </c>
       <c r="B43" t="s">
         <v>64</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>65</v>
       </c>
       <c r="B44" t="s">
         <v>66</v>
       </c>
       <c r="C44">
         <v>7</v>
       </c>
       <c r="D44">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>142</v>
       </c>
       <c r="B45" t="s">
         <v>143</v>
       </c>
       <c r="C45">
         <v>3</v>
       </c>
       <c r="D45">
         <v>8</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>206</v>
       </c>
       <c r="B46" t="s">
         <v>207</v>
       </c>
       <c r="C46">
         <v>2</v>
       </c>
       <c r="D46">
         <v>6</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>208</v>
       </c>
       <c r="B47" t="s">
         <v>209</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47">
         <v>6</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>210</v>
       </c>
       <c r="B48" t="s">
         <v>211</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
       <c r="D48">
         <v>5</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>228</v>
       </c>
       <c r="B49" t="s">
         <v>229</v>
       </c>
       <c r="C49">
         <v>1</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>251</v>
       </c>
       <c r="B50" t="s">
         <v>252</v>
       </c>
       <c r="C50">
         <v>4</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>67</v>
       </c>
       <c r="B51" t="s">
         <v>68</v>
       </c>
       <c r="C51">
         <v>10</v>
       </c>
       <c r="D51">
         <v>99</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>69</v>
       </c>
       <c r="B52" t="s">
         <v>70</v>
       </c>
       <c r="C52">
         <v>3</v>
       </c>
       <c r="D52">
         <v>41</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>73</v>
       </c>
       <c r="B53" t="s">
         <v>74</v>
       </c>
       <c r="C53">
         <v>12</v>
       </c>
       <c r="D53">
         <v>163</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>230</v>
       </c>
       <c r="B54" t="s">
         <v>231</v>
       </c>
       <c r="C54">
         <v>1</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>253</v>
       </c>
       <c r="B55" t="s">
         <v>254</v>
       </c>
       <c r="C55">
         <v>1</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>75</v>
       </c>
       <c r="B56" t="s">
         <v>76</v>
       </c>
       <c r="C56">
         <v>1</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>215</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57">
         <v>19</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>255</v>
       </c>
       <c r="B58" t="s">
         <v>256</v>
       </c>
       <c r="C58">
         <v>1</v>
       </c>
       <c r="D58">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>257</v>
       </c>
       <c r="B59" t="s">
         <v>258</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>77</v>
       </c>
       <c r="B60" t="s">
         <v>78</v>
       </c>
       <c r="C60">
         <v>19</v>
       </c>
       <c r="D60">
         <v>87</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>236</v>
       </c>
       <c r="B61" t="s">
         <v>237</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>79</v>
       </c>
       <c r="B62" t="s">
         <v>80</v>
       </c>
       <c r="C62">
         <v>1</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA3BB04C-EECB-4B3F-8F5E-7A805D22BAA3}">
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F11" sqref="F11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.42578125" customWidth="1"/>
-    <col min="2" max="2" width="12.28515625" customWidth="1"/>
+    <col min="1" max="1" width="34.5" customWidth="1"/>
+    <col min="2" max="2" width="12.33203125" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
-    <col min="4" max="4" width="12.5703125" customWidth="1"/>
+    <col min="4" max="4" width="12.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>238</v>
       </c>
       <c r="B3" t="s">
         <v>239</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>160</v>
       </c>
       <c r="B4" t="s">
         <v>161</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5">
         <v>8</v>
       </c>
       <c r="D5">
         <v>45</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>259</v>
       </c>
       <c r="B6" t="s">
         <v>260</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7">
         <v>19</v>
       </c>
       <c r="D7">
         <v>92</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>261</v>
       </c>
       <c r="B9" t="s">
         <v>262</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11">
         <v>60</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12">
         <v>2160</v>
       </c>
       <c r="D12">
         <v>12850</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>94</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>11</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14">
         <v>19</v>
       </c>
       <c r="D14">
         <v>519</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>166</v>
       </c>
       <c r="B15" t="s">
         <v>167</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
         <v>2</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>100</v>
       </c>
       <c r="B16" t="s">
         <v>101</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>104</v>
       </c>
       <c r="B17" t="s">
         <v>105</v>
       </c>
       <c r="C17">
         <v>7</v>
       </c>
       <c r="D17">
         <v>4</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
         <v>22</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18">
         <v>8</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19">
         <v>47</v>
       </c>
       <c r="D19">
         <v>218</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>263</v>
       </c>
       <c r="B20" t="s">
         <v>264</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>106</v>
       </c>
       <c r="B21" t="s">
         <v>107</v>
       </c>
       <c r="C21">
         <v>23</v>
       </c>
       <c r="D21">
         <v>53</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>27</v>
       </c>
       <c r="B22" t="s">
         <v>28</v>
       </c>
       <c r="C22">
         <v>5</v>
       </c>
       <c r="D22">
         <v>93</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>176</v>
       </c>
       <c r="B23" t="s">
         <v>177</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23">
         <v>11</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>31</v>
       </c>
       <c r="B24" t="s">
         <v>32</v>
       </c>
       <c r="C24">
         <v>10</v>
       </c>
       <c r="D24">
         <v>124</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>33</v>
       </c>
       <c r="B25" t="s">
         <v>34</v>
       </c>
       <c r="C25">
         <v>2</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>35</v>
       </c>
       <c r="B26" t="s">
         <v>36</v>
       </c>
       <c r="C26">
         <v>6</v>
       </c>
       <c r="D26">
         <v>81</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>180</v>
       </c>
       <c r="B27" t="s">
         <v>181</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
       <c r="D27">
         <v>7</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>222</v>
       </c>
       <c r="B28" t="s">
         <v>223</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28">
         <v>1</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>37</v>
       </c>
       <c r="B29" t="s">
         <v>38</v>
       </c>
       <c r="C29">
         <v>8</v>
       </c>
       <c r="D29">
         <v>49</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>116</v>
       </c>
       <c r="B30" t="s">
         <v>117</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30">
         <v>1</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>186</v>
       </c>
       <c r="B31" t="s">
         <v>187</v>
       </c>
       <c r="C31">
         <v>1</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>39</v>
       </c>
       <c r="B32" t="s">
         <v>40</v>
       </c>
       <c r="C32">
         <v>1</v>
       </c>
       <c r="D32">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>41</v>
       </c>
       <c r="B33" t="s">
         <v>42</v>
       </c>
       <c r="C33">
         <v>73</v>
       </c>
       <c r="D33">
         <v>717</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>265</v>
       </c>
       <c r="B34" t="s">
         <v>266</v>
       </c>
       <c r="C34">
         <v>2</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>43</v>
       </c>
       <c r="B35" t="s">
         <v>44</v>
       </c>
       <c r="C35">
         <v>9</v>
       </c>
       <c r="D35">
         <v>25</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>250</v>
       </c>
       <c r="B36" t="s">
         <v>133</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>49</v>
       </c>
       <c r="B37" t="s">
         <v>50</v>
       </c>
       <c r="C37">
         <v>57</v>
       </c>
       <c r="D37">
         <v>279</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>267</v>
       </c>
       <c r="B38" t="s">
         <v>268</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>269</v>
       </c>
       <c r="B39" t="s">
         <v>270</v>
       </c>
       <c r="C39">
         <v>1</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>196</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>51</v>
       </c>
       <c r="B41" t="s">
         <v>52</v>
       </c>
       <c r="C41">
         <v>7</v>
       </c>
       <c r="D41">
         <v>27</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>136</v>
       </c>
       <c r="B42" t="s">
         <v>137</v>
       </c>
       <c r="C42">
         <v>3</v>
       </c>
       <c r="D42">
         <v>7</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>271</v>
       </c>
       <c r="B43" t="s">
         <v>272</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>2</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>57</v>
       </c>
       <c r="B44" t="s">
         <v>58</v>
       </c>
       <c r="C44">
         <v>8</v>
       </c>
       <c r="D44">
         <v>13</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>59</v>
       </c>
       <c r="B45" t="s">
         <v>60</v>
       </c>
       <c r="C45">
         <v>17</v>
       </c>
       <c r="D45">
         <v>161</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>226</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46">
         <v>4</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>61</v>
       </c>
       <c r="B47" t="s">
         <v>62</v>
       </c>
       <c r="C47">
         <v>2</v>
       </c>
       <c r="D47">
         <v>6</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>140</v>
       </c>
       <c r="B48" t="s">
         <v>141</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48">
         <v>24</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>66</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
       <c r="D49">
         <v>36</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>273</v>
       </c>
       <c r="B50" t="s">
         <v>274</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
       <c r="D50">
         <v>6</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>275</v>
       </c>
       <c r="B51" t="s">
         <v>276</v>
       </c>
       <c r="C51">
         <v>2</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>277</v>
       </c>
       <c r="B52" t="s">
         <v>278</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>67</v>
       </c>
       <c r="B53" t="s">
         <v>68</v>
       </c>
       <c r="C53">
         <v>10</v>
       </c>
       <c r="D53">
         <v>118</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>69</v>
       </c>
       <c r="B54" t="s">
         <v>70</v>
       </c>
       <c r="C54">
         <v>2</v>
       </c>
       <c r="D54">
         <v>10</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>152</v>
       </c>
       <c r="B55" t="s">
         <v>153</v>
       </c>
       <c r="C55">
         <v>1</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>71</v>
       </c>
       <c r="B56" t="s">
         <v>72</v>
       </c>
       <c r="C56">
         <v>2</v>
       </c>
       <c r="D56">
         <v>6</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>279</v>
       </c>
       <c r="B57" t="s">
         <v>280</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>75</v>
       </c>
       <c r="B58" t="s">
         <v>76</v>
       </c>
       <c r="C58">
         <v>1</v>
       </c>
       <c r="D58">
         <v>2</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>77</v>
       </c>
       <c r="B59" t="s">
         <v>78</v>
       </c>
       <c r="C59">
         <v>8</v>
       </c>
       <c r="D59">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CEAE601E-6C92-4F00-8B00-F3D3AE8C8D81}">
   <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="I8" sqref="I8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="36.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.140625" customWidth="1"/>
+    <col min="1" max="1" width="36.5" customWidth="1"/>
+    <col min="2" max="2" width="12.33203125" customWidth="1"/>
+    <col min="3" max="3" width="12.5" customWidth="1"/>
+    <col min="4" max="4" width="12.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>238</v>
       </c>
       <c r="B2" t="s">
         <v>239</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>158</v>
       </c>
       <c r="B3" t="s">
         <v>159</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>13</v>
       </c>
       <c r="D4">
         <v>73</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>7</v>
       </c>
       <c r="D5">
         <v>33</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>90</v>
       </c>
       <c r="B6" t="s">
         <v>91</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7">
         <v>152</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9">
         <v>2330</v>
       </c>
       <c r="D9">
         <v>14567</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>92</v>
       </c>
       <c r="B10" t="s">
         <v>93</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>94</v>
       </c>
       <c r="B11" t="s">
         <v>95</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11">
         <v>47</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>96</v>
       </c>
       <c r="B12" t="s">
         <v>97</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13">
         <v>19</v>
       </c>
       <c r="D13">
         <v>179</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>98</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14">
         <v>14</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>100</v>
       </c>
       <c r="B15" t="s">
         <v>101</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15">
         <v>3</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>104</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
       <c r="C16">
         <v>3</v>
       </c>
       <c r="D16">
         <v>10</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17">
         <v>49</v>
       </c>
       <c r="D17">
         <v>206</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>106</v>
       </c>
       <c r="B18" t="s">
         <v>107</v>
       </c>
       <c r="C18">
         <v>20</v>
       </c>
       <c r="D18">
         <v>53</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>281</v>
       </c>
       <c r="B19" t="s">
         <v>282</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19">
         <v>27</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>27</v>
       </c>
       <c r="B20" t="s">
         <v>28</v>
       </c>
       <c r="C20">
         <v>10</v>
       </c>
       <c r="D20">
         <v>138</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21" t="s">
         <v>30</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>174</v>
       </c>
       <c r="B22" t="s">
         <v>175</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22">
         <v>22</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>112</v>
       </c>
       <c r="B23" t="s">
         <v>113</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23">
         <v>105</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>31</v>
       </c>
       <c r="B24" t="s">
         <v>32</v>
       </c>
       <c r="C24">
         <v>6</v>
       </c>
       <c r="D24">
         <v>70</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>33</v>
       </c>
       <c r="B25" t="s">
         <v>34</v>
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25">
         <v>9</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>35</v>
       </c>
       <c r="B26" t="s">
         <v>36</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
       <c r="D26">
         <v>61</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>222</v>
       </c>
       <c r="B27" t="s">
         <v>223</v>
       </c>
       <c r="C27">
         <v>2</v>
       </c>
       <c r="D27">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>283</v>
       </c>
       <c r="B28" t="s">
         <v>284</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>37</v>
       </c>
       <c r="B29" t="s">
         <v>38</v>
       </c>
       <c r="C29">
         <v>19</v>
       </c>
       <c r="D29">
         <v>142</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>39</v>
       </c>
       <c r="B30" t="s">
         <v>40</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>41</v>
       </c>
       <c r="B31" t="s">
         <v>42</v>
       </c>
       <c r="C31">
         <v>81</v>
       </c>
       <c r="D31">
         <v>709</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>43</v>
       </c>
       <c r="B32" t="s">
         <v>44</v>
       </c>
       <c r="C32">
         <v>21</v>
       </c>
       <c r="D32">
         <v>62</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>285</v>
       </c>
       <c r="B33" t="s">
         <v>286</v>
       </c>
       <c r="C33">
         <v>1</v>
       </c>
       <c r="D33">
         <v>2</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>47</v>
       </c>
       <c r="B34" t="s">
         <v>48</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>49</v>
       </c>
       <c r="B35" t="s">
         <v>50</v>
       </c>
       <c r="C35">
         <v>64</v>
       </c>
       <c r="D35">
         <v>363</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>267</v>
       </c>
       <c r="B36" t="s">
         <v>268</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36">
         <v>11</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>136</v>
       </c>
       <c r="B37" t="s">
         <v>137</v>
       </c>
       <c r="C37">
         <v>8</v>
       </c>
       <c r="D37">
         <v>40</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>57</v>
       </c>
       <c r="B38" t="s">
         <v>58</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>60</v>
       </c>
       <c r="C39">
         <v>14</v>
       </c>
       <c r="D39">
         <v>40</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>226</v>
       </c>
       <c r="B40" t="s">
         <v>227</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>61</v>
       </c>
       <c r="B41" t="s">
         <v>62</v>
       </c>
       <c r="C41">
         <v>6</v>
       </c>
       <c r="D41">
         <v>18</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>140</v>
       </c>
       <c r="B42" t="s">
         <v>141</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
       <c r="D42">
         <v>12</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>142</v>
       </c>
       <c r="B43" t="s">
         <v>143</v>
       </c>
       <c r="C43">
         <v>5</v>
       </c>
       <c r="D43">
         <v>35</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>206</v>
       </c>
       <c r="B44" t="s">
         <v>207</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
       <c r="D44">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>208</v>
       </c>
       <c r="B45" t="s">
         <v>209</v>
       </c>
       <c r="C45">
         <v>2</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>210</v>
       </c>
       <c r="B46" t="s">
         <v>211</v>
       </c>
       <c r="C46">
         <v>1</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>67</v>
       </c>
       <c r="B47" t="s">
         <v>68</v>
       </c>
       <c r="C47">
         <v>12</v>
       </c>
       <c r="D47">
         <v>105</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>69</v>
       </c>
       <c r="B48" t="s">
         <v>70</v>
       </c>
       <c r="C48">
         <v>3</v>
       </c>
       <c r="D48">
         <v>25</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>71</v>
       </c>
       <c r="B49" t="s">
         <v>72</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>73</v>
       </c>
       <c r="B50" t="s">
         <v>74</v>
       </c>
       <c r="C50">
         <v>6</v>
       </c>
       <c r="D50">
         <v>27</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>75</v>
       </c>
       <c r="B51" t="s">
         <v>76</v>
       </c>
       <c r="C51">
         <v>2</v>
       </c>
       <c r="D51">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E927225-9E7E-436F-A405-6BF242ADD8ED}">
   <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="Q15" sqref="Q15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="1"/>
-    <col min="2" max="2" width="11.42578125" customWidth="1"/>
-    <col min="4" max="4" width="11.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.5" customWidth="1"/>
+    <col min="4" max="4" width="11.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>287</v>
       </c>
       <c r="B2" t="s">
         <v>288</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>15</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>156</v>
       </c>
       <c r="B4" t="s">
         <v>157</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>158</v>
       </c>
       <c r="B5" t="s">
         <v>159</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>289</v>
       </c>
       <c r="B6" t="s">
         <v>290</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7">
         <v>15</v>
       </c>
       <c r="D7">
         <v>236</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>259</v>
       </c>
       <c r="B8" t="s">
         <v>260</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10">
         <v>17</v>
       </c>
       <c r="D10">
         <v>81</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12">
         <v>32</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13">
         <v>2204</v>
       </c>
       <c r="D13">
         <v>13574</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14">
         <v>41</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>96</v>
       </c>
       <c r="B15" t="s">
         <v>97</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
         <v>16</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16">
         <v>37</v>
       </c>
       <c r="D16">
         <v>278</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>100</v>
       </c>
       <c r="B17" t="s">
         <v>101</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17">
         <v>19</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>102</v>
       </c>
       <c r="B18" t="s">
         <v>103</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>291</v>
       </c>
       <c r="B19" t="s">
         <v>292</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19">
         <v>2</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20">
         <v>50</v>
       </c>
       <c r="D20">
         <v>283</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>293</v>
       </c>
       <c r="B21" t="s">
         <v>294</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21">
         <v>4</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>218</v>
       </c>
       <c r="B22" t="s">
         <v>219</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22">
         <v>1</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
       <c r="C23">
         <v>31</v>
       </c>
       <c r="D23">
         <v>126</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>281</v>
       </c>
       <c r="B24" t="s">
         <v>282</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24">
         <v>13</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25">
         <v>3</v>
       </c>
       <c r="D25">
         <v>39</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26">
         <v>39</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>176</v>
       </c>
       <c r="B27" t="s">
         <v>177</v>
       </c>
       <c r="C27">
         <v>2</v>
       </c>
       <c r="D27">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>113</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
         <v>32</v>
       </c>
       <c r="C29">
         <v>8</v>
       </c>
       <c r="D29">
         <v>84</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30">
         <v>4</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>35</v>
       </c>
       <c r="B31" t="s">
         <v>36</v>
       </c>
       <c r="C31">
         <v>97</v>
       </c>
       <c r="D31">
         <v>2492</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>182</v>
       </c>
       <c r="B32" t="s">
         <v>183</v>
       </c>
       <c r="C32">
         <v>2</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>222</v>
       </c>
       <c r="B33" t="s">
         <v>223</v>
       </c>
       <c r="C33">
         <v>6</v>
       </c>
       <c r="D33">
         <v>58</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34" t="s">
         <v>38</v>
       </c>
       <c r="C34">
         <v>18</v>
       </c>
       <c r="D34">
         <v>73</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>186</v>
       </c>
       <c r="B35" t="s">
         <v>187</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>12</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>122</v>
       </c>
       <c r="B36" t="s">
         <v>123</v>
       </c>
       <c r="C36">
         <v>2</v>
       </c>
       <c r="D36">
         <v>2</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>124</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>2</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
         <v>40</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
         <v>42</v>
       </c>
       <c r="C39">
         <v>78</v>
       </c>
       <c r="D39">
         <v>513</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40" t="s">
         <v>44</v>
       </c>
       <c r="C40">
         <v>10</v>
       </c>
       <c r="D40">
         <v>18</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>192</v>
       </c>
       <c r="B41" t="s">
         <v>193</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>49</v>
       </c>
       <c r="B42" t="s">
         <v>50</v>
       </c>
       <c r="C42">
         <v>68</v>
       </c>
       <c r="D42">
         <v>367</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>295</v>
       </c>
       <c r="B43" t="s">
         <v>296</v>
       </c>
       <c r="C43">
         <v>3</v>
       </c>
       <c r="D43">
         <v>1</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>51</v>
       </c>
       <c r="B44" t="s">
         <v>52</v>
       </c>
       <c r="C44">
         <v>8</v>
       </c>
       <c r="D44">
         <v>11</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>198</v>
       </c>
       <c r="B45" t="s">
         <v>199</v>
       </c>
       <c r="C45">
         <v>2</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>53</v>
       </c>
       <c r="B46" t="s">
         <v>54</v>
       </c>
       <c r="C46">
         <v>2</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>136</v>
       </c>
       <c r="B47" t="s">
         <v>137</v>
       </c>
       <c r="C47">
         <v>2</v>
       </c>
       <c r="D47">
         <v>38</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>57</v>
       </c>
       <c r="B48" t="s">
         <v>58</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48">
         <v>4</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>59</v>
       </c>
       <c r="B49" t="s">
         <v>60</v>
       </c>
       <c r="C49">
         <v>13</v>
       </c>
       <c r="D49">
         <v>24</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>61</v>
       </c>
       <c r="B50" t="s">
         <v>62</v>
       </c>
       <c r="C50">
         <v>14</v>
       </c>
       <c r="D50">
         <v>101</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>65</v>
       </c>
       <c r="B51" t="s">
         <v>66</v>
       </c>
       <c r="C51">
         <v>4</v>
       </c>
       <c r="D51">
         <v>33</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>142</v>
       </c>
       <c r="B52" t="s">
         <v>143</v>
       </c>
       <c r="C52">
         <v>6</v>
       </c>
       <c r="D52">
         <v>6</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>206</v>
       </c>
       <c r="B53" t="s">
         <v>207</v>
       </c>
       <c r="C53">
         <v>4</v>
       </c>
       <c r="D53">
         <v>6</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>297</v>
       </c>
       <c r="B54" t="s">
         <v>298</v>
       </c>
       <c r="C54">
         <v>1</v>
       </c>
       <c r="D54">
         <v>1</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>273</v>
       </c>
       <c r="B55" t="s">
         <v>274</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
       <c r="D55">
         <v>7</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>299</v>
       </c>
       <c r="B56" t="s">
         <v>300</v>
       </c>
       <c r="C56">
         <v>2</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>210</v>
       </c>
       <c r="B57" t="s">
         <v>211</v>
       </c>
       <c r="C57">
         <v>4</v>
       </c>
       <c r="D57">
         <v>38</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>67</v>
       </c>
       <c r="B58" t="s">
         <v>68</v>
       </c>
       <c r="C58">
         <v>6</v>
       </c>
       <c r="D58">
         <v>39</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>69</v>
       </c>
       <c r="B59" t="s">
         <v>70</v>
       </c>
       <c r="C59">
         <v>3</v>
       </c>
       <c r="D59">
         <v>1</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>301</v>
       </c>
       <c r="B60" t="s">
         <v>302</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
       <c r="D60">
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>212</v>
       </c>
       <c r="B61" t="s">
         <v>213</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61">
         <v>32</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>73</v>
       </c>
       <c r="B62" t="s">
         <v>74</v>
       </c>
       <c r="C62">
         <v>1</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>303</v>
       </c>
       <c r="B63" t="s">
         <v>304</v>
       </c>
       <c r="C63">
         <v>5</v>
       </c>
       <c r="D63">
         <v>16</v>
       </c>
     </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>77</v>
       </c>
       <c r="B64" t="s">
         <v>78</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DABE6252-F74B-4B99-A36E-982657EEA11F}">
   <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="38.140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.28515625" customWidth="1"/>
+    <col min="1" max="1" width="38.1640625" customWidth="1"/>
+    <col min="2" max="2" width="13.5" customWidth="1"/>
+    <col min="3" max="3" width="11.5" customWidth="1"/>
+    <col min="4" max="4" width="13.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>238</v>
       </c>
       <c r="B3" t="s">
         <v>239</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>156</v>
       </c>
       <c r="B4" t="s">
         <v>157</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>158</v>
       </c>
       <c r="B5" t="s">
         <v>159</v>
       </c>
       <c r="C5">
         <v>7</v>
       </c>
       <c r="D5">
         <v>27</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>305</v>
       </c>
       <c r="B6" t="s">
         <v>306</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7">
         <v>12</v>
       </c>
       <c r="D7">
         <v>84</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8">
         <v>8</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9">
         <v>50</v>
       </c>
       <c r="D9">
         <v>208</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>12</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10">
         <v>68</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11">
         <v>25</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12">
         <v>72</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13">
         <v>2636</v>
       </c>
       <c r="D13">
         <v>14373</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>96</v>
       </c>
       <c r="B15" t="s">
         <v>97</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15">
         <v>23</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16">
         <v>44</v>
       </c>
       <c r="D16">
         <v>268</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>98</v>
       </c>
       <c r="B17" t="s">
         <v>99</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>100</v>
       </c>
       <c r="B18" t="s">
         <v>101</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18">
         <v>3</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
       <c r="D19">
         <v>2</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>22</v>
       </c>
       <c r="C20">
         <v>5</v>
       </c>
       <c r="D20">
         <v>17</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21">
         <v>49</v>
       </c>
       <c r="D21">
         <v>204</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>293</v>
       </c>
       <c r="B23" t="s">
         <v>294</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23">
         <v>22</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
       <c r="C24">
         <v>13</v>
       </c>
       <c r="D24">
         <v>93</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>172</v>
       </c>
       <c r="B25" t="s">
         <v>173</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25">
         <v>61</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>27</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26">
         <v>4</v>
       </c>
       <c r="D26">
         <v>9</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>176</v>
       </c>
       <c r="B27" t="s">
         <v>177</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27">
         <v>4</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>307</v>
       </c>
       <c r="B28" t="s">
         <v>308</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
         <v>32</v>
       </c>
       <c r="C29">
         <v>12</v>
       </c>
       <c r="D29">
         <v>215</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30">
         <v>5</v>
       </c>
       <c r="D30">
         <v>7</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>35</v>
       </c>
       <c r="B31" t="s">
         <v>36</v>
       </c>
       <c r="C31">
         <v>3</v>
       </c>
       <c r="D31">
         <v>45</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>222</v>
       </c>
       <c r="B32" t="s">
         <v>223</v>
       </c>
       <c r="C32">
         <v>1</v>
       </c>
       <c r="D32">
         <v>37</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>283</v>
       </c>
       <c r="B33" t="s">
         <v>284</v>
       </c>
       <c r="C33">
         <v>2</v>
       </c>
       <c r="D33">
         <v>14</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34" t="s">
         <v>38</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34">
         <v>243</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>186</v>
       </c>
       <c r="B35" t="s">
         <v>187</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>122</v>
       </c>
       <c r="B36" t="s">
         <v>123</v>
       </c>
       <c r="C36">
         <v>4</v>
       </c>
       <c r="D36">
         <v>19</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>124</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37">
         <v>3</v>
       </c>
       <c r="D37">
         <v>33</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
         <v>40</v>
       </c>
       <c r="C38">
         <v>5</v>
       </c>
       <c r="D38">
         <v>1</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
         <v>42</v>
       </c>
       <c r="C39">
         <v>86</v>
       </c>
       <c r="D39">
         <v>618</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>190</v>
       </c>
       <c r="B40" t="s">
         <v>191</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>309</v>
       </c>
       <c r="B41" t="s">
         <v>310</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>43</v>
       </c>
       <c r="B42" t="s">
         <v>44</v>
       </c>
       <c r="C42">
         <v>3</v>
       </c>
       <c r="D42">
         <v>7</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>49</v>
       </c>
       <c r="B43" t="s">
         <v>50</v>
       </c>
       <c r="C43">
         <v>55</v>
       </c>
       <c r="D43">
         <v>334</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>196</v>
       </c>
       <c r="B44" t="s">
         <v>197</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
       <c r="D44">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>51</v>
       </c>
       <c r="B45" t="s">
         <v>52</v>
       </c>
       <c r="C45">
         <v>2</v>
       </c>
       <c r="D45">
         <v>1</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>136</v>
       </c>
       <c r="B46" t="s">
         <v>137</v>
       </c>
       <c r="C46">
         <v>2</v>
       </c>
       <c r="D46">
         <v>10</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>57</v>
       </c>
       <c r="B47" t="s">
         <v>58</v>
       </c>
       <c r="C47">
         <v>2</v>
       </c>
       <c r="D47">
         <v>1</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>59</v>
       </c>
       <c r="B48" t="s">
         <v>60</v>
       </c>
       <c r="C48">
         <v>18</v>
       </c>
       <c r="D48">
         <v>93</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>61</v>
       </c>
       <c r="B49" t="s">
         <v>62</v>
       </c>
       <c r="C49">
         <v>5</v>
       </c>
       <c r="D49">
         <v>47</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>65</v>
       </c>
       <c r="B50" t="s">
         <v>66</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>142</v>
       </c>
       <c r="B51" t="s">
         <v>143</v>
       </c>
       <c r="C51">
         <v>1</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>297</v>
       </c>
       <c r="B52" t="s">
         <v>298</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
       <c r="D52">
         <v>1</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>299</v>
       </c>
       <c r="B53" t="s">
         <v>300</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53">
         <v>2</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>210</v>
       </c>
       <c r="B54" t="s">
         <v>211</v>
       </c>
       <c r="C54">
         <v>4</v>
       </c>
       <c r="D54">
         <v>4</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>67</v>
       </c>
       <c r="B55" t="s">
         <v>68</v>
       </c>
       <c r="C55">
         <v>10</v>
       </c>
       <c r="D55">
         <v>114</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>301</v>
       </c>
       <c r="B56" t="s">
         <v>302</v>
       </c>
       <c r="C56">
         <v>1</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>212</v>
       </c>
       <c r="B57" t="s">
         <v>213</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57">
         <v>3</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>71</v>
       </c>
       <c r="B58" t="s">
         <v>72</v>
       </c>
       <c r="C58">
         <v>2</v>
       </c>
       <c r="D58">
         <v>6</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>73</v>
       </c>
       <c r="B59" t="s">
         <v>74</v>
       </c>
       <c r="C59">
         <v>7</v>
       </c>
       <c r="D59">
         <v>82</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>214</v>
       </c>
       <c r="B60" t="s">
         <v>215</v>
       </c>
       <c r="C60">
         <v>3</v>
       </c>
       <c r="D60">
         <v>23</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>77</v>
       </c>
       <c r="B61" t="s">
         <v>78</v>
       </c>
       <c r="C61">
         <v>2</v>
       </c>
       <c r="D61">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a4d227ac-1155-4d22-aba1-6e3b70c4e89d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f2c769c9-d39a-45bb-a709-c4ac7815f9a0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_dlc_DocId xmlns="a4d227ac-1155-4d22-aba1-6e3b70c4e89d">3UD53MHSKZFH-275345184-4048</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="a4d227ac-1155-4d22-aba1-6e3b70c4e89d">
+      <Url>https://mcls.sharepoint.com/mel/_layouts/15/DocIdRedir.aspx?ID=3UD53MHSKZFH-275345184-4048</Url>
+      <Description>3UD53MHSKZFH-275345184-4048</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100208332E8E39B3741A35C6360E1C95B51" ma:contentTypeVersion="148" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1d0d6eea84f87dfa6c27176d3b469281">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4d227ac-1155-4d22-aba1-6e3b70c4e89d" xmlns:ns3="f2c769c9-d39a-45bb-a709-c4ac7815f9a0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ad4d9b57f4c363a7123f03179f70dd91" ns2:_="" ns3:_="">
     <xsd:import namespace="a4d227ac-1155-4d22-aba1-6e3b70c4e89d"/>
     <xsd:import namespace="f2c769c9-d39a-45bb-a709-c4ac7815f9a0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -11096,131 +11935,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269C98B7-7D8F-49F0-A985-B3CB01B617E6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA97BBB-2B13-4B9F-BBD6-C4F507B403EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269C98B7-7D8F-49F0-A985-B3CB01B617E6}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1E72F71-EA5B-45AE-AFDA-564569253A63}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="f2c769c9-d39a-45bb-a709-c4ac7815f9a0"/>
+    <ds:schemaRef ds:uri="a4d227ac-1155-4d22-aba1-6e3b70c4e89d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1E72F71-EA5B-45AE-AFDA-564569253A63}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{582923B0-60CD-40C7-B2EF-A3B7DA11B848}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a4d227ac-1155-4d22-aba1-6e3b70c4e89d"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="f2c769c9-d39a-45bb-a709-c4ac7815f9a0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="f2c769c9-d39a-45bb-a709-c4ac7815f9a0"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>January 2025</vt:lpstr>
       <vt:lpstr>February 2025</vt:lpstr>
       <vt:lpstr>March 2025</vt:lpstr>
       <vt:lpstr>April 2025</vt:lpstr>
       <vt:lpstr>May 2025</vt:lpstr>
       <vt:lpstr>June 2025</vt:lpstr>
       <vt:lpstr>July 2025</vt:lpstr>
       <vt:lpstr>August 2025</vt:lpstr>
       <vt:lpstr>September 2025</vt:lpstr>
       <vt:lpstr>October 2025</vt:lpstr>
       <vt:lpstr>November 2025</vt:lpstr>
+      <vt:lpstr>December 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100208332E8E39B3741A35C6360E1C95B51</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>f8295d2a-d0b7-4aeb-a7c2-dd12f3f161fe</vt:lpwstr>
   </property>